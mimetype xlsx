--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="150">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00025</t>
   </si>
   <si>
     <t>HANNA RONNIE E HANNA JERRY L</t>
   </si>
   <si>
@@ -256,59 +256,50 @@
   <si>
     <t>WHEELER CHARLES H</t>
   </si>
   <si>
     <t>1011 ORVILLA AVE LOT 21</t>
   </si>
   <si>
     <t>212-016-2-00-112-00</t>
   </si>
   <si>
     <t>SPANN LYNN &amp; MARGARET B</t>
   </si>
   <si>
     <t>324 N MAIN ST LOT 101</t>
   </si>
   <si>
     <t>212-017-2-00-017-00</t>
   </si>
   <si>
     <t>SCHRECKENGAUST RICHARD L</t>
   </si>
   <si>
     <t>702 W MARKET ST</t>
   </si>
   <si>
-    <t>212-019-2-00-038-00</t>
-[...7 lines deleted...]
-  <si>
     <t>213-024-3-00-065-00</t>
   </si>
   <si>
     <t>MILBY WILLIAM E &amp; HOLLY M</t>
   </si>
   <si>
     <t>433 S FAYETTE ST</t>
   </si>
   <si>
     <t>213-026-3-00-021-00</t>
   </si>
   <si>
     <t>ORR TIMOTHY M</t>
   </si>
   <si>
     <t>503 S NORTH ST</t>
   </si>
   <si>
     <t>213-026-3-00-088-00</t>
   </si>
   <si>
     <t>VAN DYKE WILLIS J JR &amp; LORI E</t>
   </si>
   <si>
     <t>708 S MAIN ST LOT 17</t>
@@ -343,59 +334,50 @@
   <si>
     <t>213-028-3-00-149-00</t>
   </si>
   <si>
     <t>236 HICKORY ST LOT 62</t>
   </si>
   <si>
     <t>213-028-3-00-151-00</t>
   </si>
   <si>
     <t>FREDERICK MILES</t>
   </si>
   <si>
     <t>228 HICKORY ST LOT 60</t>
   </si>
   <si>
     <t>214-001-4-00-015-00</t>
   </si>
   <si>
     <t>FRISBIE HILDA</t>
   </si>
   <si>
     <t>422 BROADWAY ST LOT 41</t>
   </si>
   <si>
-    <t>214-001-4-00-080-00</t>
-[...7 lines deleted...]
-  <si>
     <t>214-007-4-00-039-00</t>
   </si>
   <si>
     <t>THOMPSON LOLA M</t>
   </si>
   <si>
     <t>310 CHERRY ST</t>
   </si>
   <si>
     <t>214-008-4-00-011-00</t>
   </si>
   <si>
     <t>MCCLENDON ROBERT N</t>
   </si>
   <si>
     <t>JOHN ST</t>
   </si>
   <si>
     <t>214-008-4-00-016-00</t>
   </si>
   <si>
     <t>1003 JOHN ST</t>
   </si>
   <si>
     <t>214-008-4-00-025-00</t>
@@ -430,102 +412,84 @@
   <si>
     <t>1004 JOHN ST</t>
   </si>
   <si>
     <t>214-010-4-00-023-00</t>
   </si>
   <si>
     <t>1126 YEOMAN ST LOT 348</t>
   </si>
   <si>
     <t>214-010-4-00-024-00</t>
   </si>
   <si>
     <t>633 CHURCH ST LOT 348</t>
   </si>
   <si>
     <t>214-010-4-00-034-00</t>
   </si>
   <si>
     <t>PRATT JOHN &amp; KELLI A</t>
   </si>
   <si>
     <t>1112 YEOMAN ST LOT 346</t>
   </si>
   <si>
-    <t>214-010-4-00-048-00</t>
-[...7 lines deleted...]
-  <si>
     <t>214-010-4-00-104-00</t>
   </si>
   <si>
     <t>GIBSON FELECIA ET AL</t>
   </si>
   <si>
     <t>722 CHURCH ST LOT 402</t>
   </si>
   <si>
     <t>214-015-4-00-028-00</t>
   </si>
   <si>
     <t>TORBETT EULA</t>
   </si>
   <si>
     <t>313 E ELM ST LOT 5</t>
   </si>
   <si>
     <t>214-015-4-00-029-00</t>
   </si>
   <si>
     <t>HUYNH CHRISTY</t>
   </si>
   <si>
     <t>311 E ELM ST LOT 3</t>
   </si>
   <si>
     <t>214-015-4-00-042-00</t>
   </si>
   <si>
     <t>KIMMEY ROGER WILLIAM</t>
   </si>
   <si>
     <t>901 SYCAMORE ST LOT 8</t>
-  </si>
-[...7 lines deleted...]
-    <t>420 THIRD ST LOT 882</t>
   </si>
   <si>
     <t>214-018-4-00-052-00</t>
   </si>
   <si>
     <t>ESTLE JIM</t>
   </si>
   <si>
     <t xml:space="preserve">DUKE PLAZA  LOT 23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -544,1180 +508,1100 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F55" headerRowCount="1">
-  <autoFilter ref="A1:F55"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F51" headerRowCount="1">
+  <autoFilter ref="A1:F51"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10518&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10703&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14941&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15438&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16023&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10518&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10703&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15438&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16023&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F55"/>
+  <dimension ref="A1:F51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.02839469909668" customWidth="1"/>
     <col min="2" max="2" width="50.9832763671875" customWidth="1"/>
     <col min="3" max="3" width="31.415111541748047" customWidth="1"/>
-    <col min="4" max="4" width="26.278301239013672" customWidth="1"/>
+    <col min="4" max="4" width="25.989795684814453" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>262.66</v>
+        <v>267.92</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>2792.56</v>
+        <v>2848.41</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>2384.77</v>
+        <v>2432.47</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>29253.93</v>
+        <v>30228.23</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>2104.65</v>
+        <v>2173.98</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>51253.65</v>
+        <v>52961.27</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>43093.73</v>
+        <v>44530.19</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>77.45</v>
+        <v>80.02</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>12939.23</v>
+        <v>62.44</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>27835.39</v>
+        <v>28763.22</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>64099.68</v>
+        <v>66236.32</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>14316.14</v>
+        <v>14792.5</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>20251.37</v>
+        <v>20925.57</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>53075.23</v>
+        <v>54844.4</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>32216.26</v>
+        <v>33290.14</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>12008.17</v>
+        <v>12408.46</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>1972.49</v>
+        <v>2037.42</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>163.28</v>
+        <v>167.89</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="2">
-        <v>3660.84</v>
+        <v>3782.04</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="2">
-        <v>3921.91</v>
+        <v>4051.8</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="2">
-        <v>222.59</v>
+        <v>229.18</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="2">
-        <v>6494.85</v>
+        <v>6711.33</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="2">
-        <v>21065.41</v>
+        <v>21767.57</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="2">
-        <v>6211.36</v>
+        <v>6417.56</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E26" s="2">
-        <v>29125.17</v>
+        <v>30095.15</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E27" s="2">
-        <v>235.7</v>
+        <v>243.56</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E28" s="2">
-        <v>63381.9</v>
+        <v>25.92</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E29" s="2">
-        <v>325.08</v>
+        <v>56038.49</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E30" s="2">
-        <v>54230.82</v>
+        <v>42484.59</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="2">
-        <v>41114.94</v>
+        <v>25.02</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="2">
-        <v>24.21</v>
+        <v>40265.5</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="2">
-        <v>38966.65</v>
+        <v>5299.57</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B34" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="2">
-        <v>5129.42</v>
+        <v>19866.41</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="2">
-        <v>19226.36</v>
+        <v>5823.96</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="2">
-        <v>5636.09</v>
+        <v>20629.3</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="2">
-        <v>19963.84</v>
+        <v>30617.87</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="2">
-        <v>31254.36</v>
+        <v>502.59</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="2">
-        <v>29630.21</v>
+        <v>3029.21</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="2">
-        <v>487.19</v>
+        <v>4051.21</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E41" s="2">
-        <v>2932.3</v>
+        <v>54300.25</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B42" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E42" s="2">
-        <v>3921.31</v>
+        <v>10056.05</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="2">
-        <v>52548.61</v>
+        <v>37084.22</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="E44" s="2">
-        <v>9732.47</v>
+        <v>2351.63</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E45" s="2">
-        <v>35887.97</v>
+        <v>21734.66</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="B46" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E46" s="2">
-        <v>2276.57</v>
+        <v>5348.11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>137</v>
       </c>
       <c r="E47" s="2">
-        <v>21033.55</v>
+        <v>28840.26</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E48" s="2">
-        <v>5176.4</v>
+        <v>18003.95</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>143</v>
       </c>
       <c r="E49" s="2">
-        <v>26185.5</v>
+        <v>2592.08</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>146</v>
       </c>
       <c r="E50" s="2">
-        <v>27910.75</v>
+        <v>11750.19</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E51" s="2">
-        <v>17423.99</v>
+        <v>772.22</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>10</v>
-[...78 lines deleted...]
-      <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -1729,36 +1613,32 @@
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
-    <hyperlink ref="F52" r:id="rId52"/>
-[...2 lines deleted...]
-    <hyperlink ref="F55" r:id="rId55"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>