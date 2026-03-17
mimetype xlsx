--- v1 (2025-12-15)
+++ v2 (2026-03-17)
@@ -5,500 +5,1904 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="618" uniqueCount="618">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>215-020-4-00-046-00</t>
+  </si>
+  <si>
+    <t>OESTERLE TRACIE</t>
+  </si>
+  <si>
+    <t>MIAMI TRACE LSD</t>
+  </si>
+  <si>
+    <t>524 CAROLYN RD LOT 17</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
     <t>00025</t>
   </si>
   <si>
     <t>HANNA RONNIE E HANNA JERRY L</t>
   </si>
   <si>
     <t>WASHINGTON COURT HOUSE CSD</t>
   </si>
   <si>
     <t>678 ROBINSON RD LOT 3</t>
   </si>
   <si>
-    <t>View</t>
+    <t>00248</t>
+  </si>
+  <si>
+    <t>CANNON SONYA &amp; DUSTY FOLLROD</t>
+  </si>
+  <si>
+    <t>678 ROBINSON RD LOT 14</t>
+  </si>
+  <si>
+    <t>00370</t>
+  </si>
+  <si>
+    <t>OROS CINDY</t>
+  </si>
+  <si>
+    <t>678 ROBINSON RD LOT 7</t>
+  </si>
+  <si>
+    <t>00381</t>
+  </si>
+  <si>
+    <t>GARDNER PATRICIA</t>
+  </si>
+  <si>
+    <t>678 ROBINSON RD LOT 22</t>
   </si>
   <si>
     <t>00749</t>
   </si>
   <si>
     <t>GARTIN PATRICIA L</t>
   </si>
   <si>
     <t>678 ROBINSON RD LOT 101</t>
   </si>
   <si>
+    <t>00756</t>
+  </si>
+  <si>
+    <t>678 ROBINSON RD LOT 80</t>
+  </si>
+  <si>
     <t>01261</t>
   </si>
   <si>
     <t>VANDERBILT MORTGAGE &amp; FINANCE COMPANY</t>
   </si>
   <si>
     <t>1025 DAYTON AVE</t>
   </si>
   <si>
+    <t>03056</t>
+  </si>
+  <si>
+    <t>COPAS ROGER &amp; PAMELA SOHN</t>
+  </si>
+  <si>
+    <t>678 ROBINSON RD LOT 16</t>
+  </si>
+  <si>
+    <t>211-001-1-00-005-00</t>
+  </si>
+  <si>
+    <t>SONDER INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t>E MARKET ST</t>
+  </si>
+  <si>
     <t>211-002-1-00-010-01</t>
   </si>
   <si>
     <t>WCH RENTALS LLC</t>
   </si>
   <si>
     <t>704 COLUMBUS AVE LOT 3</t>
   </si>
   <si>
     <t>211-002-1-00-012-00</t>
   </si>
   <si>
     <t>FERRIMAN ALLEN G &amp; KATHLEEN</t>
   </si>
   <si>
     <t>712 COLUMBUS AVE LOT 4</t>
   </si>
   <si>
+    <t>211-004-1-00-002-00</t>
+  </si>
+  <si>
+    <t>BURLILE LINDA L STROUP</t>
+  </si>
+  <si>
+    <t>627 RAWLING ST LOT 16</t>
+  </si>
+  <si>
+    <t>211-004-1-00-025-00</t>
+  </si>
+  <si>
+    <t>GERUS MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t>321 RAWLINGS ST LOT 21</t>
+  </si>
+  <si>
     <t>211-004-1-00-032-00</t>
   </si>
   <si>
     <t>B &amp; B PARTNERSHIP PLL</t>
   </si>
   <si>
     <t>314 E PAINT ST LOT 135</t>
   </si>
   <si>
     <t>211-004-1-00-067-00</t>
   </si>
   <si>
     <t>BAIN LARRY J</t>
   </si>
   <si>
     <t>615 E PAINT ST LOT 153</t>
   </si>
   <si>
+    <t>211-004-1-00-077-00</t>
+  </si>
+  <si>
+    <t>525 E PAINT STREET LLC</t>
+  </si>
+  <si>
+    <t>525 E PAINT ST LOT 151</t>
+  </si>
+  <si>
+    <t>211-004-1-00-116-00</t>
+  </si>
+  <si>
+    <t>PETTIFORD DAVID</t>
+  </si>
+  <si>
+    <t>632 E TEMPLE ST LOT 146</t>
+  </si>
+  <si>
     <t>211-004-1-00-182-01</t>
   </si>
   <si>
     <t>STOLZENBURG LAURA VOSS</t>
   </si>
   <si>
     <t>E MARKET ST LOT 434</t>
   </si>
   <si>
+    <t>211-004-1-00-183-00</t>
+  </si>
+  <si>
+    <t>HOLLAR PAMELA PEARCE &amp; WILLIAM R SURVIVORSHIP</t>
+  </si>
+  <si>
+    <t>628 E MARKET ST LOT 435</t>
+  </si>
+  <si>
     <t>211-005-1-00-002-00</t>
   </si>
   <si>
-    <t>THE CREAM INCORPORATED</t>
+    <t>EYZC RE LLC</t>
   </si>
   <si>
     <t>431 WILSON ST LOT 567</t>
   </si>
   <si>
+    <t>211-005-1-00-007-00</t>
+  </si>
+  <si>
+    <t>THERRIEN ANDREW JOSEPH</t>
+  </si>
+  <si>
+    <t>422 LEWIS ST LOT 563</t>
+  </si>
+  <si>
+    <t>211-005-1-00-009-00</t>
+  </si>
+  <si>
+    <t>LEWIS ST LOT 559</t>
+  </si>
+  <si>
+    <t>211-005-1-00-011-00</t>
+  </si>
+  <si>
+    <t>WOOD RUSSELL</t>
+  </si>
+  <si>
+    <t>429 LEWIS ST LOT 559</t>
+  </si>
+  <si>
+    <t>211-005-1-00-020-00</t>
+  </si>
+  <si>
+    <t>LEISURE JESSICA SURV &amp; LEISURE SHAWN SURV</t>
+  </si>
+  <si>
+    <t>815 RAWLINGS ST</t>
+  </si>
+  <si>
     <t>211-005-1-00-030-00</t>
   </si>
   <si>
     <t>T H I PROPERTIES INC</t>
   </si>
   <si>
     <t>410 DELAWARE ST LOT 17</t>
   </si>
   <si>
     <t>211-005-1-00-039-00</t>
   </si>
   <si>
     <t>JENNINGS ELIZABETH L</t>
   </si>
   <si>
     <t>738 E PAINT ST LOT 96</t>
   </si>
   <si>
+    <t>211-005-1-00-055-00</t>
+  </si>
+  <si>
+    <t>BURLILE GEORGE WILLIAM</t>
+  </si>
+  <si>
+    <t>920 E PAINT ST LOT 560</t>
+  </si>
+  <si>
     <t>211-005-1-00-064-00</t>
   </si>
   <si>
-    <t>BENEFICIAL OHIO INC &amp; LF EST JOHN &amp; BETTY ANDREWS</t>
+    <t>BENEFICIAL OHIO INC &amp; BETTY E ANDREWS LIFE ESTATE &amp; JOHN E ANDREWS LIFE ESTATE</t>
   </si>
   <si>
     <t>1024 E PAINT ST LOT 568</t>
   </si>
   <si>
+    <t>211-005-1-00-066-00</t>
+  </si>
+  <si>
+    <t>HOWE LUCKY E &amp; DIANNA K</t>
+  </si>
+  <si>
+    <t>1032 E PAINT ST LOT 569</t>
+  </si>
+  <si>
+    <t>211-005-1-00-069-00</t>
+  </si>
+  <si>
+    <t>WILSON CHARLENE M</t>
+  </si>
+  <si>
+    <t>1017 E PAINT ST LOT 486</t>
+  </si>
+  <si>
+    <t>211-005-1-00-077-00</t>
+  </si>
+  <si>
+    <t>HOLLEY BRYAN</t>
+  </si>
+  <si>
+    <t>331 LEWIS ST LOT 491</t>
+  </si>
+  <si>
+    <t>211-005-1-00-093-00</t>
+  </si>
+  <si>
+    <t>GABEL BETTY V</t>
+  </si>
+  <si>
+    <t>321 BEREMAN ST LOT 508</t>
+  </si>
+  <si>
+    <t>211-005-1-00-097-00</t>
+  </si>
+  <si>
+    <t>NEWMAN ANGELA F</t>
+  </si>
+  <si>
+    <t>723 E PAINT ST LOT 158</t>
+  </si>
+  <si>
+    <t>211-005-1-00-099-00</t>
+  </si>
+  <si>
+    <t>YAHWEH'S OBEDIENT SERVANTS MINISTRY</t>
+  </si>
+  <si>
+    <t>717 E PAINT ST LOT 157</t>
+  </si>
+  <si>
+    <t>211-005-1-00-115-00</t>
+  </si>
+  <si>
+    <t>FOX DWIGHT E &amp; MELODY A SURVIVORSHIP</t>
+  </si>
+  <si>
+    <t>804 E TEMPLE ST LOT 506</t>
+  </si>
+  <si>
     <t>211-005-1-00-129-00</t>
   </si>
   <si>
     <t>SCHRECKENGAUST RICHARD L &amp; MARY K</t>
   </si>
   <si>
     <t>930 E TEMPLE ST LOT 492</t>
   </si>
   <si>
+    <t>211-005-1-00-142-00</t>
+  </si>
+  <si>
+    <t>FOX DWIGHT &amp; MELODY</t>
+  </si>
+  <si>
+    <t>927 E TEMPLE ST LOT 461</t>
+  </si>
+  <si>
+    <t>211-005-1-00-143-00</t>
+  </si>
+  <si>
+    <t>KNIGHT GREG</t>
+  </si>
+  <si>
+    <t>923 E TEMPLE ST LOT 460</t>
+  </si>
+  <si>
+    <t>211-006-1-00-029-00</t>
+  </si>
+  <si>
+    <t>BASHOR JEFF</t>
+  </si>
+  <si>
+    <t>1122 E PAINT ST LOT 77</t>
+  </si>
+  <si>
     <t>211-006-1-00-043-00</t>
   </si>
   <si>
     <t>HILDERBRAND DEBRA L</t>
   </si>
   <si>
     <t>1228 E PAINT ST LOT 91</t>
   </si>
   <si>
+    <t>211-006-1-00-060-00</t>
+  </si>
+  <si>
+    <t>PENWELL LOUISE</t>
+  </si>
+  <si>
+    <t>1107 E PAINT ST LOT 56</t>
+  </si>
+  <si>
+    <t>211-006-1-00-083-00</t>
+  </si>
+  <si>
+    <t>HARRIS DENISE A</t>
+  </si>
+  <si>
+    <t>1230 E TEMPLE ST LOT 54</t>
+  </si>
+  <si>
+    <t>211-007-1-00-017-01</t>
+  </si>
+  <si>
+    <t>ZOE MINISTRIES INC</t>
+  </si>
+  <si>
+    <t>N NORTH ST LOT 72</t>
+  </si>
+  <si>
+    <t>211-007-1-00-018-00</t>
+  </si>
+  <si>
+    <t>PETERS JEREMY DAVID &amp; AMBER MARIE TOLLE</t>
+  </si>
+  <si>
+    <t>614 N NORTH ST</t>
+  </si>
+  <si>
     <t>211-007-1-00-019-00</t>
   </si>
   <si>
     <t>HARRISON KARLA SUE</t>
   </si>
   <si>
     <t>610 N NORTH ST</t>
   </si>
   <si>
+    <t>211-007-1-00-031-00</t>
+  </si>
+  <si>
+    <t>DALLMAYER J SCOTT &amp; MANUELA SURVIORSHIP</t>
+  </si>
+  <si>
+    <t>627 GRACE ST LOT 74</t>
+  </si>
+  <si>
+    <t>211-007-1-00-056-00</t>
+  </si>
+  <si>
+    <t>TABIT BRIAN</t>
+  </si>
+  <si>
+    <t>WESTERN AVE LOT 108</t>
+  </si>
+  <si>
+    <t>211-007-1-00-057-00</t>
+  </si>
+  <si>
+    <t>WESTERN AVE LOT 109</t>
+  </si>
+  <si>
+    <t>211-007-1-00-058-00</t>
+  </si>
+  <si>
+    <t>DELAWARE ST LOT 110</t>
+  </si>
+  <si>
+    <t>211-007-1-00-059-00</t>
+  </si>
+  <si>
+    <t>DELAWARE ST LOT 111</t>
+  </si>
+  <si>
+    <t>211-007-1-00-060-00</t>
+  </si>
+  <si>
+    <t>WESTERN AVE LOT 112</t>
+  </si>
+  <si>
+    <t>211-007-1-00-067-00</t>
+  </si>
+  <si>
+    <t>DALLMAYER SCOTT &amp; MANUELA</t>
+  </si>
+  <si>
+    <t>715 PEARL ST LOT 78</t>
+  </si>
+  <si>
+    <t>211-008-1-00-004-00</t>
+  </si>
+  <si>
+    <t>719 WESTERN AVE LOT 101</t>
+  </si>
+  <si>
+    <t>211-008-1-00-009-00</t>
+  </si>
+  <si>
+    <t>TABIT BRIAN K</t>
+  </si>
+  <si>
+    <t>730 DELAWARE ST LOT 104</t>
+  </si>
+  <si>
     <t>211-008-1-00-016-00</t>
   </si>
   <si>
-    <t>LIGHTLE ADAM &amp; BRENDA J PAUL LIFE ESTATE ETAL</t>
+    <t>B &amp; M BROTHERS REAL ESTATE LLC</t>
   </si>
   <si>
     <t>708 CAMPBELL ST LOT 95</t>
   </si>
   <si>
     <t>211-008-1-00-110-00</t>
   </si>
   <si>
     <t>REHAB HOUSING INVESTMENT LLC</t>
   </si>
   <si>
     <t>1022 RAWLINGS ST LOT 584</t>
   </si>
   <si>
+    <t>211-009-1-00-003-00</t>
+  </si>
+  <si>
+    <t>JONES TAMMIE J</t>
+  </si>
+  <si>
+    <t>1078 LEWIS ST LOT 36</t>
+  </si>
+  <si>
+    <t>211-009-1-00-020-00</t>
+  </si>
+  <si>
+    <t>BRANEN L WEADE PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>1136 CAMPBELL ST LOT 28</t>
+  </si>
+  <si>
+    <t>211-009-1-00-080-00</t>
+  </si>
+  <si>
+    <t>STOLZENBURG FRANCUS LEROY</t>
+  </si>
+  <si>
+    <t>1122 RAWLINGS ST LOT 119</t>
+  </si>
+  <si>
+    <t>211-009-1-00-100-00</t>
+  </si>
+  <si>
+    <t>COLTER SHAYANN</t>
+  </si>
+  <si>
+    <t>1254 RAWLINGS ST LOT 138</t>
+  </si>
+  <si>
+    <t>211-010-1-00-009-00</t>
+  </si>
+  <si>
+    <t>DALLMAYER SCOTT &amp; MANUELA SURVIVORSHIP</t>
+  </si>
+  <si>
+    <t>523 EASTERN AVE LOT 268</t>
+  </si>
+  <si>
+    <t>211-010-1-00-033-00</t>
+  </si>
+  <si>
+    <t>GRIFFIN HARLEY JAY</t>
+  </si>
+  <si>
+    <t>1019 GRACE ST</t>
+  </si>
+  <si>
+    <t>211-010-1-00-077-00</t>
+  </si>
+  <si>
+    <t>CODER MARK</t>
+  </si>
+  <si>
+    <t>930 N NORTH ST LOT 181</t>
+  </si>
+  <si>
+    <t>211-010-1-00-090-00</t>
+  </si>
+  <si>
+    <t>604 ROSE, LLC</t>
+  </si>
+  <si>
+    <t>604 ROSE AVE LOT 201</t>
+  </si>
+  <si>
+    <t>211-010-1-00-091-00</t>
+  </si>
+  <si>
+    <t>606 ROSE AVE LOT 202</t>
+  </si>
+  <si>
+    <t>211-010-1-00-094-00</t>
+  </si>
+  <si>
+    <t>J-ZAP PROPERTY MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t>622 ROSE AVE LOT 205</t>
+  </si>
+  <si>
+    <t>211-010-1-00-095-00</t>
+  </si>
+  <si>
+    <t>901 DELAWARE ST LOT 206</t>
+  </si>
+  <si>
+    <t>211-010-1-00-113-00</t>
+  </si>
+  <si>
+    <t>ZAHEER IMRAN M</t>
+  </si>
+  <si>
+    <t>331 ROSE AVE LOT 170</t>
+  </si>
+  <si>
+    <t>211-010-1-00-119-00</t>
+  </si>
+  <si>
+    <t>818 N NORTH ST LOT 174</t>
+  </si>
+  <si>
+    <t>211-010-1-00-139-00</t>
+  </si>
+  <si>
+    <t>WESTERN AVE LOT 118</t>
+  </si>
+  <si>
     <t>211-011-1-00-001-00</t>
   </si>
   <si>
     <t>HEIDLER JON W</t>
   </si>
   <si>
     <t>EASTERN AVE LOT 246</t>
   </si>
   <si>
     <t>211-011-1-00-002-00</t>
   </si>
   <si>
     <t>HEIDLER JON &amp; TERESA A SURVIVORSHIP</t>
   </si>
   <si>
     <t>211-011-1-00-024-00</t>
   </si>
   <si>
     <t>EASTERN AVE LOT 224</t>
   </si>
   <si>
+    <t>211-011-1-00-026-00</t>
+  </si>
+  <si>
+    <t>HOWLAND RONALD JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">719 PEABODY  LOT 222</t>
+  </si>
+  <si>
+    <t>211-012-1-00-008-00</t>
+  </si>
+  <si>
+    <t>DISNEY JEFFREY</t>
+  </si>
+  <si>
+    <t>GRACE ST LOT 419</t>
+  </si>
+  <si>
+    <t>211-012-1-00-025-00</t>
+  </si>
+  <si>
+    <t>BOWMAN IVAN &amp; LONNY NEW</t>
+  </si>
+  <si>
+    <t>517 EARL AVE LOT 383WH</t>
+  </si>
+  <si>
+    <t>211-012-1-00-035-00</t>
+  </si>
+  <si>
+    <t>BARRETT ROBIN LYNNE</t>
+  </si>
+  <si>
+    <t>1228 GRACE ST LOT 399</t>
+  </si>
+  <si>
+    <t>211-012-1-00-057-00</t>
+  </si>
+  <si>
+    <t>SELF CINDY</t>
+  </si>
+  <si>
+    <t>526 GIBBS AVE LOT 377</t>
+  </si>
+  <si>
+    <t>211-012-1-00-084-00</t>
+  </si>
+  <si>
+    <t>LIGHTLE ISAAC J TRUSTEE</t>
+  </si>
+  <si>
+    <t>515 GIBBS AVE LOT 332</t>
+  </si>
+  <si>
+    <t>211-012-1-00-106-00</t>
+  </si>
+  <si>
+    <t>SCANLAN ERIK</t>
+  </si>
+  <si>
+    <t>1104 N NORTH ST LOT 298</t>
+  </si>
+  <si>
     <t>211-012-1-00-142-00</t>
   </si>
   <si>
     <t>EASTERN AVE LOT 361</t>
   </si>
   <si>
     <t>211-014-1-00-097-12</t>
   </si>
   <si>
     <t>FAIRWYCK DEVELOPMENT INC</t>
   </si>
   <si>
     <t>COLUMBUS AVE</t>
   </si>
   <si>
+    <t>212-013-2-00-014-00</t>
+  </si>
+  <si>
+    <t>STRAYER CARL L SURV &amp; STRAYER REGINA F SURV</t>
+  </si>
+  <si>
+    <t>106 W COURT ST LOT 18</t>
+  </si>
+  <si>
+    <t>212-013-2-00-034-01</t>
+  </si>
+  <si>
+    <t>SMALLEY JAY &amp; SMALLEY WENDY</t>
+  </si>
+  <si>
+    <t>216 E COURT ST LOT 127</t>
+  </si>
+  <si>
     <t>212-014-2-00-025-00</t>
   </si>
   <si>
     <t>WRIGHT HARRY</t>
   </si>
   <si>
     <t>710 CLINTON AVE</t>
   </si>
   <si>
+    <t>212-015-2-00-003-00</t>
+  </si>
+  <si>
+    <t>WISEMAN RICHARD D</t>
+  </si>
+  <si>
+    <t>136 FAIRVIEW AVE LOT 73</t>
+  </si>
+  <si>
     <t>212-015-2-00-017-00</t>
   </si>
   <si>
     <t>WHEELER CHARLES H</t>
   </si>
   <si>
     <t>1011 ORVILLA AVE LOT 21</t>
   </si>
   <si>
+    <t>212-016-2-00-001-00</t>
+  </si>
+  <si>
+    <t>DALLMAYER SCOTT</t>
+  </si>
+  <si>
+    <t>W MARKET ST LOT 62</t>
+  </si>
+  <si>
+    <t>212-016-2-00-022-00</t>
+  </si>
+  <si>
+    <t>MCCRACKEN JAMES J TRUSTEE ETAL</t>
+  </si>
+  <si>
+    <t>212 N FAYETTE ST LOT 50</t>
+  </si>
+  <si>
+    <t>212-016-2-00-029-00</t>
+  </si>
+  <si>
+    <t>ROBINETTE LISA K &amp; ROBINETTE NATHAN W</t>
+  </si>
+  <si>
+    <t>231 N NORTH ST LOT 77</t>
+  </si>
+  <si>
+    <t>212-016-2-00-049-00</t>
+  </si>
+  <si>
+    <t>SMITH ANDREW W</t>
+  </si>
+  <si>
+    <t>231 N MAIN ST LOT 70</t>
+  </si>
+  <si>
+    <t>212-016-2-00-050-00</t>
+  </si>
+  <si>
+    <t>113 W TEMPLE ST LOT 70</t>
+  </si>
+  <si>
+    <t>212-016-2-00-056-00</t>
+  </si>
+  <si>
+    <t>225 N HINDE ST LOT 65</t>
+  </si>
+  <si>
+    <t>212-016-2-00-107-00</t>
+  </si>
+  <si>
+    <t>FORD DALE</t>
+  </si>
+  <si>
+    <t>129 E PAINT ST LOT 99</t>
+  </si>
+  <si>
     <t>212-016-2-00-112-00</t>
   </si>
   <si>
     <t>SPANN LYNN &amp; MARGARET B</t>
   </si>
   <si>
     <t>324 N MAIN ST LOT 101</t>
   </si>
   <si>
+    <t>212-016-2-00-157-00</t>
+  </si>
+  <si>
+    <t>LEDFORD NICHOLAS</t>
+  </si>
+  <si>
+    <t>208 E PAINT ST LOT 1</t>
+  </si>
+  <si>
     <t>212-017-2-00-017-00</t>
   </si>
   <si>
     <t>SCHRECKENGAUST RICHARD L</t>
   </si>
   <si>
     <t>702 W MARKET ST</t>
   </si>
   <si>
+    <t>212-017-2-00-018-00</t>
+  </si>
+  <si>
+    <t>ESCAMILLA DAVID &amp; NANCY HERNANDEZ</t>
+  </si>
+  <si>
+    <t>636 W MARKET ST</t>
+  </si>
+  <si>
+    <t>212-019-2-00-033-00</t>
+  </si>
+  <si>
+    <t>ESTLE JIMMY A</t>
+  </si>
+  <si>
+    <t>713 N NORTH ST</t>
+  </si>
+  <si>
+    <t>212-019-2-00-035-00</t>
+  </si>
+  <si>
+    <t>HINES APRIL E</t>
+  </si>
+  <si>
+    <t>725 N NORTH ST</t>
+  </si>
+  <si>
+    <t>212-020-2-00-007-00</t>
+  </si>
+  <si>
+    <t>TEETERS ELLEN A</t>
+  </si>
+  <si>
+    <t>5 WILLIS CT LOT 8</t>
+  </si>
+  <si>
+    <t>212-020-2-00-008-00</t>
+  </si>
+  <si>
+    <t>WILSON JEFFREY A &amp; HEATHER D UMSTEAD</t>
+  </si>
+  <si>
+    <t>7 WILLIS CT LOT 7A</t>
+  </si>
+  <si>
+    <t>212-020-2-00-147-00</t>
+  </si>
+  <si>
+    <t>WILSON SARAH B</t>
+  </si>
+  <si>
+    <t>904 LAKEVIEW AVE LOT 262</t>
+  </si>
+  <si>
+    <t>212-023-2-00-050-00</t>
+  </si>
+  <si>
+    <t>928 LAKEVIEW AVE LOT 255WH</t>
+  </si>
+  <si>
+    <t>212-023-2-00-063-00</t>
+  </si>
+  <si>
+    <t>HIXON JERRY A &amp; TRACEY A</t>
+  </si>
+  <si>
+    <t>1009 LAKEVIEW AVE LOT 164</t>
+  </si>
+  <si>
+    <t>212-023-2-00-072-00</t>
+  </si>
+  <si>
+    <t>READY SET CLOSE LLC</t>
+  </si>
+  <si>
+    <t>1026 MILLWOOD AVE LOT 158</t>
+  </si>
+  <si>
+    <t>212-023-2-02-006-00</t>
+  </si>
+  <si>
+    <t>GAULT BRIAN G</t>
+  </si>
+  <si>
+    <t>1274 DAYTON AVE LOT 27</t>
+  </si>
+  <si>
+    <t>212-023-2-03-018-00</t>
+  </si>
+  <si>
+    <t>WILSON BRADLEY D &amp; LISA L SURVIVORSHIP</t>
+  </si>
+  <si>
+    <t>1358 DAYTON AVE LOT 39</t>
+  </si>
+  <si>
+    <t>213-005-0-00-026-00</t>
+  </si>
+  <si>
+    <t>SHORT MENDY &amp; ROBERT DALE SURV</t>
+  </si>
+  <si>
+    <t>101 SETH WAY LOT 148</t>
+  </si>
+  <si>
+    <t>213-013-3-00-077-00</t>
+  </si>
+  <si>
+    <t>KEA INC</t>
+  </si>
+  <si>
+    <t>251 E COURT ST LOT 46</t>
+  </si>
+  <si>
+    <t>213-013-3-00-139-00</t>
+  </si>
+  <si>
+    <t>LARRICK CHRISTINE</t>
+  </si>
+  <si>
+    <t>122 E EAST ST LOT 125</t>
+  </si>
+  <si>
+    <t>213-015-3-00-092-00</t>
+  </si>
+  <si>
+    <t>ZICKAFOOSE JOSHUA &amp; TERI</t>
+  </si>
+  <si>
+    <t>1025 LEESBURG AVE LOT 8</t>
+  </si>
+  <si>
+    <t>213-024-3-00-046-00</t>
+  </si>
+  <si>
+    <t>CAMPBELL SHELAH</t>
+  </si>
+  <si>
+    <t>406 S MAIN ST</t>
+  </si>
+  <si>
+    <t>213-024-3-00-047-00</t>
+  </si>
+  <si>
+    <t>412 S MAIN ST</t>
+  </si>
+  <si>
+    <t>213-024-3-00-057-00</t>
+  </si>
+  <si>
+    <t>KEA INC OHIO CORPORATION</t>
+  </si>
+  <si>
+    <t>S HINDE ST LOT 30</t>
+  </si>
+  <si>
+    <t>213-024-3-00-058-00</t>
+  </si>
+  <si>
+    <t>221 S HINDE ST LOT 30</t>
+  </si>
+  <si>
     <t>213-024-3-00-065-00</t>
   </si>
   <si>
     <t>MILBY WILLIAM E &amp; HOLLY M</t>
   </si>
   <si>
     <t>433 S FAYETTE ST</t>
   </si>
   <si>
+    <t>213-025-3-00-015-00</t>
+  </si>
+  <si>
+    <t>BURNS SHAWNA &amp; RICHARD SR</t>
+  </si>
+  <si>
+    <t>415 CIRCLE AVE</t>
+  </si>
+  <si>
+    <t>213-025-3-00-045-00</t>
+  </si>
+  <si>
+    <t>NOBLE DENNIS &amp; JERRY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">636 PERDUE PLAZA  LOT 17 WH</t>
+  </si>
+  <si>
+    <t>213-025-3-00-048-00</t>
+  </si>
+  <si>
+    <t>TILLETT DAVID R SUCESSOR TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">616 PERDUE PLAZA  LOT 14</t>
+  </si>
+  <si>
     <t>213-026-3-00-021-00</t>
   </si>
   <si>
     <t>ORR TIMOTHY M</t>
   </si>
   <si>
     <t>503 S NORTH ST</t>
   </si>
   <si>
+    <t>213-026-3-00-028-00</t>
+  </si>
+  <si>
+    <t>MARZICH BRIAN &amp; TRACEY SURV</t>
+  </si>
+  <si>
+    <t>512 S FAYETTE ST</t>
+  </si>
+  <si>
+    <t>213-026-3-00-043-00</t>
+  </si>
+  <si>
+    <t>MORAH EMEKA O</t>
+  </si>
+  <si>
+    <t>702 S FAYETTE ST LOT 11</t>
+  </si>
+  <si>
     <t>213-026-3-00-088-00</t>
   </si>
   <si>
     <t>VAN DYKE WILLIS J JR &amp; LORI E</t>
   </si>
   <si>
     <t>708 S MAIN ST LOT 17</t>
   </si>
   <si>
+    <t>213-026-3-00-113-00</t>
+  </si>
+  <si>
+    <t>ALSPAUGH LISA</t>
+  </si>
+  <si>
+    <t>718 S HINDE ST</t>
+  </si>
+  <si>
+    <t>213-026-3-00-134-01</t>
+  </si>
+  <si>
+    <t>ATKINSON LLOYD R SR</t>
+  </si>
+  <si>
+    <t>210 W ELM ST LOT 7 PT</t>
+  </si>
+  <si>
+    <t>213-026-3-00-135-00</t>
+  </si>
+  <si>
+    <t>208 W ELM ST LOT 4</t>
+  </si>
+  <si>
+    <t>213-026-3-00-138-00</t>
+  </si>
+  <si>
+    <t>LEE KIBUM</t>
+  </si>
+  <si>
+    <t>128 W ELM ST</t>
+  </si>
+  <si>
+    <t>213-026-3-00-144-00</t>
+  </si>
+  <si>
+    <t>THOMAS JAMES L</t>
+  </si>
+  <si>
+    <t>OAK ST</t>
+  </si>
+  <si>
+    <t>213-026-3-00-146-00</t>
+  </si>
+  <si>
+    <t>BASHOR JEFF &amp; PENDERGRAFT MINDY SURV</t>
+  </si>
+  <si>
+    <t>132 OAK ST</t>
+  </si>
+  <si>
+    <t>213-026-3-00-159-05</t>
+  </si>
+  <si>
+    <t>BEECHLER RICHARD E</t>
+  </si>
+  <si>
+    <t>219 CIRCLE AVE</t>
+  </si>
+  <si>
+    <t>213-027-3-00-005-00</t>
+  </si>
+  <si>
+    <t>658 WILLABAR DR LOT 20 WH</t>
+  </si>
+  <si>
+    <t>213-027-3-00-048-00</t>
+  </si>
+  <si>
+    <t>SUGAR GROVE LAKE LLC</t>
+  </si>
+  <si>
+    <t>528 HIGH ST LOT 3</t>
+  </si>
+  <si>
     <t>213-027-3-00-119-01</t>
   </si>
   <si>
     <t>PARSON COLTON LEVI</t>
   </si>
   <si>
     <t>OAK ST LOT 100</t>
   </si>
   <si>
+    <t>213-027-3-00-169-00</t>
+  </si>
+  <si>
+    <t>HANEY CLARICE M</t>
+  </si>
+  <si>
+    <t>624 FAIRWAY DR LOT 11</t>
+  </si>
+  <si>
+    <t>213-027-3-01-010-00</t>
+  </si>
+  <si>
+    <t>HELT LAUREEN M</t>
+  </si>
+  <si>
+    <t>427 W ELM ST LOT 8</t>
+  </si>
+  <si>
+    <t>213-027-3-01-039-00</t>
+  </si>
+  <si>
+    <t>504 ALBIN AVENUE LLC</t>
+  </si>
+  <si>
+    <t>504 ALBIN AVE LOT 33</t>
+  </si>
+  <si>
+    <t>213-027-3-02-040-00</t>
+  </si>
+  <si>
+    <t>JEFFRIES CHRIS &amp; JEFFRIES CONNIE</t>
+  </si>
+  <si>
+    <t>573 WAVERLY AVE LOT 43</t>
+  </si>
+  <si>
+    <t>213-027-3-02-062-00</t>
+  </si>
+  <si>
+    <t>YEOMAN STEPHEN A &amp; HEATHER M</t>
+  </si>
+  <si>
+    <t>1337 YELLOWBUD PL LOT 74</t>
+  </si>
+  <si>
+    <t>213-027-3-02-143-00</t>
+  </si>
+  <si>
+    <t>GROSSENBACHER KEITH A</t>
+  </si>
+  <si>
+    <t>1263 HIGH ST LOT 37</t>
+  </si>
+  <si>
+    <t>213-027-3-02-234-00</t>
+  </si>
+  <si>
+    <t>747 W ELM ST</t>
+  </si>
+  <si>
+    <t>213-027-3-02-238-00</t>
+  </si>
+  <si>
+    <t>HIGHLAND GREEN HOMEOWNERS ASSOCIATION INC</t>
+  </si>
+  <si>
+    <t>HIGHLAND AVE</t>
+  </si>
+  <si>
+    <t>213-027-3-02-238-03</t>
+  </si>
+  <si>
+    <t>ST RT 41 SE</t>
+  </si>
+  <si>
+    <t>213-028-3-00-046-00</t>
+  </si>
+  <si>
+    <t>RUTH MILDRED J</t>
+  </si>
+  <si>
+    <t>931 S FAYETTE ST</t>
+  </si>
+  <si>
+    <t>213-028-3-00-061-00</t>
+  </si>
+  <si>
+    <t>BROWN ANGELA</t>
+  </si>
+  <si>
+    <t>806 S MAIN ST LOT 25</t>
+  </si>
+  <si>
     <t>213-028-3-00-066-00</t>
   </si>
   <si>
     <t>BROWN BERNICE G</t>
   </si>
   <si>
     <t>828 S MAIN ST</t>
   </si>
   <si>
+    <t>213-028-3-00-082-00</t>
+  </si>
+  <si>
+    <t>HOYER JERRY A</t>
+  </si>
+  <si>
+    <t>1033 S MAIN ST LOT 12 PT</t>
+  </si>
+  <si>
     <t>213-028-3-00-085-00</t>
   </si>
   <si>
     <t>CONNER GAIL R</t>
   </si>
   <si>
     <t>1023 S MAIN ST LOT 11 PT</t>
   </si>
   <si>
+    <t>213-028-3-00-109-00</t>
+  </si>
+  <si>
+    <t>COLEMAN DANIEL GENE</t>
+  </si>
+  <si>
+    <t>121 W ELM ST LOT 15</t>
+  </si>
+  <si>
+    <t>213-028-3-00-141-00</t>
+  </si>
+  <si>
+    <t>RUTH DAVID W &amp; TAMRA K SURVIVORSHIP</t>
+  </si>
+  <si>
+    <t>219 HICKORY ST LOT 64</t>
+  </si>
+  <si>
     <t>213-028-3-00-149-00</t>
   </si>
   <si>
     <t>236 HICKORY ST LOT 62</t>
   </si>
   <si>
     <t>213-028-3-00-151-00</t>
   </si>
   <si>
     <t>FREDERICK MILES</t>
   </si>
   <si>
     <t>228 HICKORY ST LOT 60</t>
   </si>
   <si>
+    <t>213-028-3-00-152-00</t>
+  </si>
+  <si>
+    <t>RUTH DAVID &amp; TAMMY SURV</t>
+  </si>
+  <si>
+    <t>226 HICKORY ST LOT 60</t>
+  </si>
+  <si>
+    <t>213-028-3-00-153-00</t>
+  </si>
+  <si>
+    <t>RUTH MILDRED</t>
+  </si>
+  <si>
+    <t>222 HICKORY ST LOT 59</t>
+  </si>
+  <si>
+    <t>213-028-3-00-156-00</t>
+  </si>
+  <si>
+    <t>BOWER SHERRYLYNN S</t>
+  </si>
+  <si>
+    <t>923 S HINDE ST LOT 35</t>
+  </si>
+  <si>
+    <t>213-028-3-00-157-00</t>
+  </si>
+  <si>
+    <t>919 S HINDE ST LOT 35</t>
+  </si>
+  <si>
+    <t>213-028-3-00-181-00</t>
+  </si>
+  <si>
+    <t>THOMPSON SUSAN D</t>
+  </si>
+  <si>
+    <t>231 W ELM ST LOT 44</t>
+  </si>
+  <si>
+    <t>213-028-3-01-004-00</t>
+  </si>
+  <si>
+    <t>KIDWELL GISELE C</t>
+  </si>
+  <si>
+    <t>1116 S FAYETTE ST LOT 4</t>
+  </si>
+  <si>
+    <t>213-029-3-00-013-00</t>
+  </si>
+  <si>
+    <t>MCCULLOUGH ANTONIO</t>
+  </si>
+  <si>
+    <t>127 OHIO AVE LOT 74</t>
+  </si>
+  <si>
+    <t>213-029-3-00-021-00</t>
+  </si>
+  <si>
+    <t>ACTON MARY F &amp; RODNEY TRUSTEES</t>
+  </si>
+  <si>
+    <t>227 OHIO AVE LOT 66</t>
+  </si>
+  <si>
+    <t>213-029-3-00-022-00</t>
+  </si>
+  <si>
+    <t>ACTON MARY F &amp; RODNEY K TRUSTEES</t>
+  </si>
+  <si>
+    <t>229 OHIO AVE LOT 65</t>
+  </si>
+  <si>
+    <t>213-029-3-00-022-01</t>
+  </si>
+  <si>
+    <t>OHIO AVE LOT 66</t>
+  </si>
+  <si>
+    <t>213-029-3-00-065-00</t>
+  </si>
+  <si>
+    <t>FITCH EVERETT NEAL &amp; BARBARA ANN</t>
+  </si>
+  <si>
+    <t>1227 S MAIN ST LOT 32 WH</t>
+  </si>
+  <si>
+    <t>213-029-3-00-083-00</t>
+  </si>
+  <si>
+    <t>MYERS SHAWN</t>
+  </si>
+  <si>
+    <t>119 KENNEDY AVE LOT 5</t>
+  </si>
+  <si>
     <t>214-001-4-00-015-00</t>
   </si>
   <si>
     <t>FRISBIE HILDA</t>
   </si>
   <si>
     <t>422 BROADWAY ST LOT 41</t>
   </si>
   <si>
+    <t>214-002-4-00-030-00</t>
+  </si>
+  <si>
+    <t>WASHINGTON COMMERICAL LLC</t>
+  </si>
+  <si>
+    <t>415 MCELWAIN ST LOT 361</t>
+  </si>
+  <si>
+    <t>214-002-4-00-094-00</t>
+  </si>
+  <si>
+    <t>603 WILLARD ST LOT 6</t>
+  </si>
+  <si>
+    <t>214-002-4-00-101-00</t>
+  </si>
+  <si>
+    <t>GIBBS KEVIN E &amp; JOSEPH L ADAMS</t>
+  </si>
+  <si>
+    <t>631 COLUMBUS AVE</t>
+  </si>
+  <si>
+    <t>214-003-4-00-001-00</t>
+  </si>
+  <si>
+    <t>ABC PEDIATRICS OF OH LLC</t>
+  </si>
+  <si>
+    <t>616 WILLARD ST</t>
+  </si>
+  <si>
+    <t>214-003-4-00-038-00</t>
+  </si>
+  <si>
+    <t>PH WCH LLC</t>
+  </si>
+  <si>
+    <t>CEDAR ST LOT 43</t>
+  </si>
+  <si>
+    <t>214-007-4-00-004-00</t>
+  </si>
+  <si>
+    <t>ARGUETA MARIA</t>
+  </si>
+  <si>
+    <t>703 JOHN ST LOT 4</t>
+  </si>
+  <si>
+    <t>214-007-4-00-024-00</t>
+  </si>
+  <si>
+    <t>SYCAMORE ST LOT 39</t>
+  </si>
+  <si>
+    <t>214-007-4-00-025-00</t>
+  </si>
+  <si>
+    <t>319 BROADWAY ST LOT 39</t>
+  </si>
+  <si>
+    <t>214-007-4-00-030-00</t>
+  </si>
+  <si>
+    <t>MOORE RHONDA K</t>
+  </si>
+  <si>
+    <t>318 S NORTH ST LOT 1</t>
+  </si>
+  <si>
     <t>214-007-4-00-039-00</t>
   </si>
   <si>
     <t>THOMPSON LOLA M</t>
   </si>
   <si>
     <t>310 CHERRY ST</t>
   </si>
   <si>
+    <t>214-007-4-00-050-00</t>
+  </si>
+  <si>
+    <t>SURE YOU CAN REAL ESTATE INVESTING LLC</t>
+  </si>
+  <si>
+    <t>622 S NORTH ST LOT 848</t>
+  </si>
+  <si>
+    <t>214-007-4-00-057-00</t>
+  </si>
+  <si>
+    <t>FISCHER DAKOTA &amp; SHAWNA</t>
+  </si>
+  <si>
+    <t>415 CHERRY ST LOT 895</t>
+  </si>
+  <si>
     <t>214-008-4-00-011-00</t>
   </si>
   <si>
     <t>MCCLENDON ROBERT N</t>
   </si>
   <si>
     <t>JOHN ST</t>
   </si>
   <si>
     <t>214-008-4-00-016-00</t>
   </si>
   <si>
     <t>1003 JOHN ST</t>
   </si>
   <si>
     <t>214-008-4-00-025-00</t>
   </si>
   <si>
     <t>RITTENHOUSE CARROLL L</t>
   </si>
   <si>
     <t>831 FLINT DR</t>
   </si>
   <si>
+    <t>214-008-4-00-036-00</t>
+  </si>
+  <si>
+    <t>MINNEY JAMES H SR</t>
+  </si>
+  <si>
+    <t>753 JOHN ST</t>
+  </si>
+  <si>
+    <t>214-009-4-00-024-00</t>
+  </si>
+  <si>
+    <t>GUARQUILA ZHAGNAY ANDRES SANTIAGO ETAL</t>
+  </si>
+  <si>
+    <t>809 WASHINGTON AVE LOT 2</t>
+  </si>
+  <si>
     <t>214-009-4-00-038-00</t>
   </si>
   <si>
     <t>MORRISON GARNET E</t>
   </si>
   <si>
     <t>716 BROADWAY ST</t>
   </si>
   <si>
     <t>214-009-4-00-106-00</t>
   </si>
   <si>
     <t>707 BROADWAY ST</t>
   </si>
   <si>
+    <t>214-009-4-00-107-00</t>
+  </si>
+  <si>
+    <t>703 BROADWAY ST LOT 170</t>
+  </si>
+  <si>
+    <t>214-009-4-00-116-00</t>
+  </si>
+  <si>
+    <t>DILLION HAROLD F &amp; KELLY J SURV</t>
+  </si>
+  <si>
+    <t>810 JOHN ST LOT 41</t>
+  </si>
+  <si>
     <t>214-009-4-00-128-00</t>
   </si>
   <si>
     <t>HONICKER JAY J</t>
   </si>
   <si>
     <t>1004 JOHN ST</t>
   </si>
   <si>
     <t>214-010-4-00-023-00</t>
   </si>
   <si>
     <t>1126 YEOMAN ST LOT 348</t>
   </si>
   <si>
     <t>214-010-4-00-024-00</t>
   </si>
   <si>
     <t>633 CHURCH ST LOT 348</t>
   </si>
   <si>
     <t>214-010-4-00-034-00</t>
   </si>
   <si>
     <t>PRATT JOHN &amp; KELLI A</t>
   </si>
   <si>
     <t>1112 YEOMAN ST LOT 346</t>
   </si>
   <si>
+    <t>214-010-4-00-040-00</t>
+  </si>
+  <si>
+    <t>WEST JENNIFER &amp; THOMAS L</t>
+  </si>
+  <si>
+    <t>717 S ELM ST LOT 369</t>
+  </si>
+  <si>
+    <t>214-010-4-00-067-00</t>
+  </si>
+  <si>
+    <t>1003 YEOMAN ST LOT 365</t>
+  </si>
+  <si>
     <t>214-010-4-00-104-00</t>
   </si>
   <si>
-    <t>GIBSON FELECIA ET AL</t>
-[...1 lines deleted...]
-  <si>
     <t>722 CHURCH ST LOT 402</t>
   </si>
   <si>
+    <t>214-014-4-00-071-00</t>
+  </si>
+  <si>
+    <t>JENCSIK JOSEPH T SURV &amp; JENCSIK LINDA SURV</t>
+  </si>
+  <si>
+    <t>402 GLENN AVE LOT 44 WH</t>
+  </si>
+  <si>
+    <t>214-014-4-00-078-00</t>
+  </si>
+  <si>
+    <t>RUTH DUSTIN A</t>
+  </si>
+  <si>
+    <t>516 GLENN AVE LOT 37</t>
+  </si>
+  <si>
+    <t>214-015-4-00-024-00</t>
+  </si>
+  <si>
+    <t>ROHRER ASHLEY &amp; AIDEN</t>
+  </si>
+  <si>
+    <t>328 E ELM ST LOT 8</t>
+  </si>
+  <si>
     <t>214-015-4-00-028-00</t>
   </si>
   <si>
     <t>TORBETT EULA</t>
   </si>
   <si>
     <t>313 E ELM ST LOT 5</t>
   </si>
   <si>
     <t>214-015-4-00-029-00</t>
   </si>
   <si>
     <t>HUYNH CHRISTY</t>
   </si>
   <si>
     <t>311 E ELM ST LOT 3</t>
   </si>
   <si>
     <t>214-015-4-00-042-00</t>
   </si>
   <si>
     <t>KIMMEY ROGER WILLIAM</t>
   </si>
   <si>
     <t>901 SYCAMORE ST LOT 8</t>
   </si>
   <si>
+    <t>214-015-4-00-045-00</t>
+  </si>
+  <si>
+    <t>HOWARD SHANE A</t>
+  </si>
+  <si>
+    <t>823 SYCAMORE ST LOT 865</t>
+  </si>
+  <si>
+    <t>214-015-4-00-117-00</t>
+  </si>
+  <si>
+    <t>LOWMAN LORI L</t>
+  </si>
+  <si>
+    <t>420 THIRD ST LOT 882</t>
+  </si>
+  <si>
+    <t>214-015-4-00-136-00</t>
+  </si>
+  <si>
+    <t>QUEEN ROXA S &amp; DILLEY ROSEMARY A &amp; JOHN W SURV</t>
+  </si>
+  <si>
+    <t>524 THIRD ST LOT 907</t>
+  </si>
+  <si>
     <t>214-018-4-00-052-00</t>
   </si>
   <si>
     <t>ESTLE JIM</t>
   </si>
   <si>
     <t xml:space="preserve">DUKE PLAZA  LOT 23</t>
+  </si>
+  <si>
+    <t>214-018-4-00-095-00</t>
+  </si>
+  <si>
+    <t>FORD DALE R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLEMSON PLAZA  LOT 15</t>
+  </si>
+  <si>
+    <t>214-018-4-00-096-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1113 CLEMSON PLAZA  LOT 14</t>
+  </si>
+  <si>
+    <t>214-018-4-00-097-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLEMSON PLAZA  LOT 13</t>
+  </si>
+  <si>
+    <t>214-020-4-00-012-00</t>
+  </si>
+  <si>
+    <t>BAKER-EVANS ANNETTA</t>
+  </si>
+  <si>
+    <t>615 PARK DR LOT 36</t>
+  </si>
+  <si>
+    <t>214-020-4-00-025-00</t>
+  </si>
+  <si>
+    <t>HOLLI-WOOD FARMS LLC</t>
+  </si>
+  <si>
+    <t>703 PARK DR LOT 50</t>
+  </si>
+  <si>
+    <t>214-020-4-00-051-00</t>
+  </si>
+  <si>
+    <t>DEWITT KALISTA JANE</t>
+  </si>
+  <si>
+    <t>614 CAROLYN RD LOT 12</t>
+  </si>
+  <si>
+    <t>214-020-4-00-098-00</t>
+  </si>
+  <si>
+    <t>CAMPBELL COLIN P</t>
+  </si>
+  <si>
+    <t>121 LAUREL RD LOT 3</t>
+  </si>
+  <si>
+    <t>214-021-4-00-032-00</t>
+  </si>
+  <si>
+    <t>ULLOA PATRICIA A</t>
+  </si>
+  <si>
+    <t>302 BUCKEYE RD LOT 74</t>
+  </si>
+  <si>
+    <t>214-021-4-00-067-00</t>
+  </si>
+  <si>
+    <t>ACKLEY DIANA E</t>
+  </si>
+  <si>
+    <t>263 CAROLYN RD LOT 5</t>
+  </si>
+  <si>
+    <t>214-026-4-00-009-00</t>
+  </si>
+  <si>
+    <t>MAHATHIRATH AARON</t>
+  </si>
+  <si>
+    <t>1122 VINE ST LOT 87</t>
+  </si>
+  <si>
+    <t>214-026-4-00-040-00</t>
+  </si>
+  <si>
+    <t>WITHERSPOON RICHARD</t>
+  </si>
+  <si>
+    <t>414 SIXTH ST LOT 60</t>
+  </si>
+  <si>
+    <t>214-026-4-00-041-00</t>
+  </si>
+  <si>
+    <t>SIXTH ST LOT 59 WH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -508,1100 +1912,4420 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F51" headerRowCount="1">
-  <autoFilter ref="A1:F51"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F217" headerRowCount="1">
+  <autoFilter ref="A1:F217"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10518&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10703&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15438&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16023&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19013&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19095&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10464&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10511&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10518&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10680&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10684&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10694&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10703&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10727&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10814&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10904&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11052&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11056&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11065&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11157&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11351&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11520&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11881&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11903&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=11999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=18546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12308&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12425&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12611&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=12963&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13215&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13408&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13584&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13723&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13831&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13880&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=13996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14070&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14703&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14706&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=14982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15316&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15438&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15518&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15772&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=15888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16068&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16425&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=16457&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F51"/>
+  <dimension ref="A1:F217"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.02839469909668" customWidth="1"/>
-    <col min="2" max="2" width="50.9832763671875" customWidth="1"/>
+    <col min="2" max="2" width="79.53702545166016" customWidth="1"/>
     <col min="3" max="3" width="31.415111541748047" customWidth="1"/>
-    <col min="4" max="4" width="25.989795684814453" customWidth="1"/>
+    <col min="4" max="4" width="29.180736541748047" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>267.92</v>
+        <v>1021.18</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E3" s="2">
-        <v>2848.41</v>
+        <v>387.93</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E4" s="2">
-        <v>2432.47</v>
+        <v>20.67</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E5" s="2">
-        <v>30228.23</v>
+        <v>101.6</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E6" s="2">
-        <v>2173.98</v>
+        <v>44.68</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E7" s="2">
-        <v>52961.27</v>
+        <v>2848.41</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>44530.19</v>
+        <v>77.88</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>80.02</v>
+        <v>2584.63</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>62.44</v>
+        <v>2.58</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>28763.22</v>
+        <v>106.56</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>66236.32</v>
+        <v>33689.89</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>14792.5</v>
+        <v>2261.46</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>20925.57</v>
+        <v>106.58</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>54844.4</v>
+        <v>64.09</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>33290.14</v>
+        <v>56795.6</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>12408.46</v>
+        <v>48398.18</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>2037.42</v>
+        <v>775.43</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>167.89</v>
+        <v>1523.18</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="E20" s="2">
-        <v>3782.04</v>
+        <v>85.17</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>4051.8</v>
+        <v>270.52</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>229.18</v>
+        <v>291.03</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>6711.33</v>
+        <v>686.09</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E24" s="2">
-        <v>21767.57</v>
+        <v>127</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E25" s="2">
-        <v>6417.56</v>
+        <v>5249.58</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E26" s="2">
-        <v>30095.15</v>
+        <v>11.17</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E27" s="2">
-        <v>243.56</v>
+        <v>30724.25</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E28" s="2">
-        <v>25.92</v>
+        <v>70416.73</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E29" s="2">
-        <v>56038.49</v>
+        <v>65.31</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E30" s="2">
-        <v>42484.59</v>
+        <v>20968.78</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E31" s="2">
-        <v>25.02</v>
+        <v>555.15</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E32" s="2">
-        <v>40265.5</v>
+        <v>576.23</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E33" s="2">
-        <v>5299.57</v>
+        <v>585.69</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E34" s="2">
-        <v>19866.41</v>
+        <v>8.46</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E35" s="2">
-        <v>5823.96</v>
+        <v>963.38</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="E36" s="2">
-        <v>20629.3</v>
+        <v>736.87</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="E37" s="2">
-        <v>30617.87</v>
+        <v>2260.19</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E38" s="2">
-        <v>502.59</v>
+        <v>23380.1</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E39" s="2">
-        <v>3029.21</v>
+        <v>2554.67</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="E40" s="2">
-        <v>4051.21</v>
+        <v>30.55</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E41" s="2">
-        <v>54300.25</v>
+        <v>566.9</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="E42" s="2">
-        <v>10056.05</v>
+        <v>58662.92</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="E43" s="2">
-        <v>37084.22</v>
+        <v>675.31</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>18</v>
+        <v>134</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="E44" s="2">
-        <v>2351.63</v>
+        <v>155.38</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>18</v>
+        <v>137</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="E45" s="2">
-        <v>21734.66</v>
+        <v>1.79</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="E46" s="2">
-        <v>5348.11</v>
+        <v>916.51</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="E47" s="2">
-        <v>28840.26</v>
+        <v>37080.06</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="E48" s="2">
-        <v>18003.95</v>
+        <v>67.46</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="E49" s="2">
-        <v>2592.08</v>
+        <v>4.14</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="E50" s="2">
-        <v>11750.19</v>
+        <v>4.14</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C51" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="E51" s="2">
+        <v>4.14</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="E52" s="2">
+        <v>4.14</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="E53" s="2">
+        <v>13.69</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="E54" s="2">
         <v>8</v>
       </c>
-      <c r="D51" s="0" t="s">
+      <c r="F54" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="E51" s="2">
-[...2 lines deleted...]
-      <c r="F51" s="1" t="s">
+      <c r="C55" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="E55" s="2">
+        <v>13.42</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="E56" s="2">
+        <v>31.36</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="E57" s="2">
+        <v>198.56</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="E58" s="2">
+        <v>2674.76</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E59" s="2">
+        <v>1034.29</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="E60" s="2">
+        <v>995.18</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="E61" s="2">
+        <v>332.56</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="E62" s="2">
+        <v>341.83</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="E63" s="2">
+        <v>26.62</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="E64" s="2">
+        <v>23.22</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="E65" s="2">
+        <v>333.48</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="E66" s="2">
+        <v>803.79</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="E67" s="2">
+        <v>263.51</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="E68" s="2">
+        <v>1132.16</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="E69" s="2">
+        <v>547.03</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="E70" s="2">
+        <v>1359.08</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="E71" s="2">
+        <v>3264.61</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="E72" s="2">
+        <v>10.99</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="E73" s="2">
+        <v>221.91</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="E74" s="2">
+        <v>3921.75</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="E75" s="2">
+        <v>4200.95</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="E76" s="2">
+        <v>578.25</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="E77" s="2">
+        <v>1.47</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="E78" s="2">
+        <v>333.32</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="E79" s="2">
+        <v>492.65</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="E80" s="2">
+        <v>163.02</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="E81" s="2">
+        <v>456.01</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="E82" s="2">
+        <v>1383.01</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="E83" s="2">
+        <v>307.13</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="E84" s="2">
+        <v>6750.62</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="E85" s="2">
+        <v>15.02</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="E86" s="2">
+        <v>33.61</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="E87" s="2">
+        <v>23381.27</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="E88" s="2">
+        <v>322.55</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="E89" s="2">
+        <v>9702.67</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="E90" s="2">
+        <v>2.5</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="E91" s="2">
+        <v>81.96</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="E92" s="2">
+        <v>401.68</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="E93" s="2">
+        <v>912.89</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="E94" s="2">
+        <v>32.24</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="E95" s="2">
+        <v>44.78</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="E96" s="2">
+        <v>978.49</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="E97" s="2">
+        <v>30357.2</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="E98" s="2">
+        <v>42.92</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="E99" s="2">
+        <v>386.39</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="E100" s="2">
+        <v>460.86</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="E101" s="2">
+        <v>206.67</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="E102" s="2">
+        <v>185.94</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="E103" s="2">
+        <v>46.44</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="E104" s="2">
+        <v>155.58</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="E105" s="2">
+        <v>292.72</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="E106" s="2">
+        <v>28.07</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="E107" s="2">
+        <v>1356.46</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="E108" s="2">
+        <v>1179.12</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="E109" s="2">
+        <v>2447.82</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="E110" s="2">
+        <v>2532.76</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="E111" s="2">
+        <v>3227.1</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="E112" s="2">
+        <v>208.95</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="E113" s="2">
+        <v>671.59</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="E114" s="2">
+        <v>895.19</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="E115" s="2">
+        <v>179.28</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="E116" s="2">
+        <v>637.11</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="E117" s="2">
+        <v>530.08</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="E118" s="2">
+        <v>419.97</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="E119" s="2">
+        <v>1904.76</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="E120" s="2">
+        <v>1275.96</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="E121" s="2">
+        <v>86.84</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="E122" s="2">
+        <v>961.92</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="E123" s="2">
+        <v>59925.47</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="E124" s="2">
+        <v>2612.54</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="E125" s="2">
+        <v>392.76</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="E126" s="2">
+        <v>45098.55</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="E127" s="2">
+        <v>803.93</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="E128" s="2">
+        <v>1017.79</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="E129" s="2">
+        <v>1513.87</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="E130" s="2">
+        <v>129.17</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="E131" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="E132" s="2">
+        <v>997.21</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="E133" s="2">
+        <v>293.98</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="E134" s="2">
+        <v>74.96</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="E135" s="2">
+        <v>1045.9</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D136" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="E136" s="2">
+        <v>53.6</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="E137" s="2">
+        <v>3.38</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="E138" s="2">
+        <v>1136.38</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="E139" s="2">
+        <v>893.37</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="E140" s="2">
+        <v>56.73</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D141" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="E141" s="2">
+        <v>98.16</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="E142" s="2">
+        <v>1150.01</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="E143" s="2">
+        <v>1743.55</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D144" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="E144" s="2">
+        <v>0.51</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D145" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="E145" s="2">
+        <v>148.16</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="E146" s="2">
+        <v>718.66</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E147" s="2">
+        <v>470.72</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D148" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="E148" s="2">
+        <v>43809.68</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="E149" s="2">
+        <v>90.71</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="E150" s="2">
+        <v>8898.94</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D151" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="E151" s="2">
+        <v>944.78</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="E152" s="2">
+        <v>783.83</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D153" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="E153" s="2">
+        <v>21159.85</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D154" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="E154" s="2">
+        <v>6360.71</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D155" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="E155" s="2">
+        <v>697.52</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D156" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="E156" s="2">
+        <v>765.93</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="E157" s="2">
+        <v>25.2</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="E158" s="2">
+        <v>280.5</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D159" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="E159" s="2">
+        <v>963.27</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="E160" s="2">
+        <v>3071.89</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D161" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="E161" s="2">
+        <v>667.83</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D162" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="E162" s="2">
+        <v>129.17</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D163" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="E163" s="2">
+        <v>180.84</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D164" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="E164" s="2">
+        <v>0.36</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="E165" s="2">
+        <v>633.95</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="E166" s="2">
+        <v>589.74</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="E167" s="2">
+        <v>22002.33</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="E168" s="2">
+        <v>614.97</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D169" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="E169" s="2">
+        <v>518.25</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="E170" s="2">
+        <v>978.53</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D171" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="E171" s="2">
+        <v>12122.45</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D172" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="E172" s="2">
+        <v>10.35</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D173" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="E173" s="2">
+        <v>340.1</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D174" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="E174" s="2">
+        <v>58.06</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D175" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="E175" s="2">
+        <v>369.11</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D176" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="E176" s="2">
+        <v>804.7</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="E177" s="2">
+        <v>33606.86</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D178" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="E178" s="2">
+        <v>955.75</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="E179" s="2">
+        <v>1038.38</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="E180" s="2">
+        <v>651.74</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="E181" s="2">
+        <v>3862.68</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="E182" s="2">
+        <v>4275.2</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D183" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="E183" s="2">
+        <v>262.05</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="E184" s="2">
+        <v>2522.52</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="E185" s="2">
+        <v>59372.77</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="E186" s="2">
+        <v>14174.3</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="E187" s="2">
+        <v>583.62</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="E188" s="2">
+        <v>74.81</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="E189" s="2">
+        <v>40920.49</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D190" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="E190" s="2">
+        <v>2484.93</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="E191" s="2">
+        <v>25150.09</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D192" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="E192" s="2">
+        <v>5622.07</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D193" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="E193" s="2">
+        <v>838.73</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D194" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="E194" s="2">
+        <v>824.71</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D195" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="E195" s="2">
+        <v>750.28</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D196" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="E196" s="2">
+        <v>1217.64</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D197" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="E197" s="2">
+        <v>663.32</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D198" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="E198" s="2">
+        <v>1046.19</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D199" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="E199" s="2">
+        <v>20791.66</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D200" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="E200" s="2">
+        <v>3675.18</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D201" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="E201" s="2">
+        <v>15622.17</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="E202" s="2">
+        <v>210.67</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D203" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="E203" s="2">
+        <v>1111.54</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D204" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="E204" s="2">
+        <v>236.72</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D205" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="E205" s="2">
+        <v>794.5</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="E206" s="2">
+        <v>30.25</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D207" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="E207" s="2">
+        <v>1173.04</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D208" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="E208" s="2">
+        <v>12.79</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D209" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="E209" s="2">
+        <v>368.63</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D210" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="E210" s="2">
+        <v>30.02</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D211" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="E211" s="2">
+        <v>945.56</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D212" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="E212" s="2">
+        <v>806.86</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D213" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="E213" s="2">
+        <v>808.58</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D214" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="E214" s="2">
+        <v>2849.58</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="E215" s="2">
+        <v>249.38</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="E216" s="2">
+        <v>27.48</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="E217" s="2">
+        <v>8.21</v>
+      </c>
+      <c r="F217" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -1613,32 +6337,198 @@
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
+    <hyperlink ref="F52" r:id="rId52"/>
+    <hyperlink ref="F53" r:id="rId53"/>
+    <hyperlink ref="F54" r:id="rId54"/>
+    <hyperlink ref="F55" r:id="rId55"/>
+    <hyperlink ref="F56" r:id="rId56"/>
+    <hyperlink ref="F57" r:id="rId57"/>
+    <hyperlink ref="F58" r:id="rId58"/>
+    <hyperlink ref="F59" r:id="rId59"/>
+    <hyperlink ref="F60" r:id="rId60"/>
+    <hyperlink ref="F61" r:id="rId61"/>
+    <hyperlink ref="F62" r:id="rId62"/>
+    <hyperlink ref="F63" r:id="rId63"/>
+    <hyperlink ref="F64" r:id="rId64"/>
+    <hyperlink ref="F65" r:id="rId65"/>
+    <hyperlink ref="F66" r:id="rId66"/>
+    <hyperlink ref="F67" r:id="rId67"/>
+    <hyperlink ref="F68" r:id="rId68"/>
+    <hyperlink ref="F69" r:id="rId69"/>
+    <hyperlink ref="F70" r:id="rId70"/>
+    <hyperlink ref="F71" r:id="rId71"/>
+    <hyperlink ref="F72" r:id="rId72"/>
+    <hyperlink ref="F73" r:id="rId73"/>
+    <hyperlink ref="F74" r:id="rId74"/>
+    <hyperlink ref="F75" r:id="rId75"/>
+    <hyperlink ref="F76" r:id="rId76"/>
+    <hyperlink ref="F77" r:id="rId77"/>
+    <hyperlink ref="F78" r:id="rId78"/>
+    <hyperlink ref="F79" r:id="rId79"/>
+    <hyperlink ref="F80" r:id="rId80"/>
+    <hyperlink ref="F81" r:id="rId81"/>
+    <hyperlink ref="F82" r:id="rId82"/>
+    <hyperlink ref="F83" r:id="rId83"/>
+    <hyperlink ref="F84" r:id="rId84"/>
+    <hyperlink ref="F85" r:id="rId85"/>
+    <hyperlink ref="F86" r:id="rId86"/>
+    <hyperlink ref="F87" r:id="rId87"/>
+    <hyperlink ref="F88" r:id="rId88"/>
+    <hyperlink ref="F89" r:id="rId89"/>
+    <hyperlink ref="F90" r:id="rId90"/>
+    <hyperlink ref="F91" r:id="rId91"/>
+    <hyperlink ref="F92" r:id="rId92"/>
+    <hyperlink ref="F93" r:id="rId93"/>
+    <hyperlink ref="F94" r:id="rId94"/>
+    <hyperlink ref="F95" r:id="rId95"/>
+    <hyperlink ref="F96" r:id="rId96"/>
+    <hyperlink ref="F97" r:id="rId97"/>
+    <hyperlink ref="F98" r:id="rId98"/>
+    <hyperlink ref="F99" r:id="rId99"/>
+    <hyperlink ref="F100" r:id="rId100"/>
+    <hyperlink ref="F101" r:id="rId101"/>
+    <hyperlink ref="F102" r:id="rId102"/>
+    <hyperlink ref="F103" r:id="rId103"/>
+    <hyperlink ref="F104" r:id="rId104"/>
+    <hyperlink ref="F105" r:id="rId105"/>
+    <hyperlink ref="F106" r:id="rId106"/>
+    <hyperlink ref="F107" r:id="rId107"/>
+    <hyperlink ref="F108" r:id="rId108"/>
+    <hyperlink ref="F109" r:id="rId109"/>
+    <hyperlink ref="F110" r:id="rId110"/>
+    <hyperlink ref="F111" r:id="rId111"/>
+    <hyperlink ref="F112" r:id="rId112"/>
+    <hyperlink ref="F113" r:id="rId113"/>
+    <hyperlink ref="F114" r:id="rId114"/>
+    <hyperlink ref="F115" r:id="rId115"/>
+    <hyperlink ref="F116" r:id="rId116"/>
+    <hyperlink ref="F117" r:id="rId117"/>
+    <hyperlink ref="F118" r:id="rId118"/>
+    <hyperlink ref="F119" r:id="rId119"/>
+    <hyperlink ref="F120" r:id="rId120"/>
+    <hyperlink ref="F121" r:id="rId121"/>
+    <hyperlink ref="F122" r:id="rId122"/>
+    <hyperlink ref="F123" r:id="rId123"/>
+    <hyperlink ref="F124" r:id="rId124"/>
+    <hyperlink ref="F125" r:id="rId125"/>
+    <hyperlink ref="F126" r:id="rId126"/>
+    <hyperlink ref="F127" r:id="rId127"/>
+    <hyperlink ref="F128" r:id="rId128"/>
+    <hyperlink ref="F129" r:id="rId129"/>
+    <hyperlink ref="F130" r:id="rId130"/>
+    <hyperlink ref="F131" r:id="rId131"/>
+    <hyperlink ref="F132" r:id="rId132"/>
+    <hyperlink ref="F133" r:id="rId133"/>
+    <hyperlink ref="F134" r:id="rId134"/>
+    <hyperlink ref="F135" r:id="rId135"/>
+    <hyperlink ref="F136" r:id="rId136"/>
+    <hyperlink ref="F137" r:id="rId137"/>
+    <hyperlink ref="F138" r:id="rId138"/>
+    <hyperlink ref="F139" r:id="rId139"/>
+    <hyperlink ref="F140" r:id="rId140"/>
+    <hyperlink ref="F141" r:id="rId141"/>
+    <hyperlink ref="F142" r:id="rId142"/>
+    <hyperlink ref="F143" r:id="rId143"/>
+    <hyperlink ref="F144" r:id="rId144"/>
+    <hyperlink ref="F145" r:id="rId145"/>
+    <hyperlink ref="F146" r:id="rId146"/>
+    <hyperlink ref="F147" r:id="rId147"/>
+    <hyperlink ref="F148" r:id="rId148"/>
+    <hyperlink ref="F149" r:id="rId149"/>
+    <hyperlink ref="F150" r:id="rId150"/>
+    <hyperlink ref="F151" r:id="rId151"/>
+    <hyperlink ref="F152" r:id="rId152"/>
+    <hyperlink ref="F153" r:id="rId153"/>
+    <hyperlink ref="F154" r:id="rId154"/>
+    <hyperlink ref="F155" r:id="rId155"/>
+    <hyperlink ref="F156" r:id="rId156"/>
+    <hyperlink ref="F157" r:id="rId157"/>
+    <hyperlink ref="F158" r:id="rId158"/>
+    <hyperlink ref="F159" r:id="rId159"/>
+    <hyperlink ref="F160" r:id="rId160"/>
+    <hyperlink ref="F161" r:id="rId161"/>
+    <hyperlink ref="F162" r:id="rId162"/>
+    <hyperlink ref="F163" r:id="rId163"/>
+    <hyperlink ref="F164" r:id="rId164"/>
+    <hyperlink ref="F165" r:id="rId165"/>
+    <hyperlink ref="F166" r:id="rId166"/>
+    <hyperlink ref="F167" r:id="rId167"/>
+    <hyperlink ref="F168" r:id="rId168"/>
+    <hyperlink ref="F169" r:id="rId169"/>
+    <hyperlink ref="F170" r:id="rId170"/>
+    <hyperlink ref="F171" r:id="rId171"/>
+    <hyperlink ref="F172" r:id="rId172"/>
+    <hyperlink ref="F173" r:id="rId173"/>
+    <hyperlink ref="F174" r:id="rId174"/>
+    <hyperlink ref="F175" r:id="rId175"/>
+    <hyperlink ref="F176" r:id="rId176"/>
+    <hyperlink ref="F177" r:id="rId177"/>
+    <hyperlink ref="F178" r:id="rId178"/>
+    <hyperlink ref="F179" r:id="rId179"/>
+    <hyperlink ref="F180" r:id="rId180"/>
+    <hyperlink ref="F181" r:id="rId181"/>
+    <hyperlink ref="F182" r:id="rId182"/>
+    <hyperlink ref="F183" r:id="rId183"/>
+    <hyperlink ref="F184" r:id="rId184"/>
+    <hyperlink ref="F185" r:id="rId185"/>
+    <hyperlink ref="F186" r:id="rId186"/>
+    <hyperlink ref="F187" r:id="rId187"/>
+    <hyperlink ref="F188" r:id="rId188"/>
+    <hyperlink ref="F189" r:id="rId189"/>
+    <hyperlink ref="F190" r:id="rId190"/>
+    <hyperlink ref="F191" r:id="rId191"/>
+    <hyperlink ref="F192" r:id="rId192"/>
+    <hyperlink ref="F193" r:id="rId193"/>
+    <hyperlink ref="F194" r:id="rId194"/>
+    <hyperlink ref="F195" r:id="rId195"/>
+    <hyperlink ref="F196" r:id="rId196"/>
+    <hyperlink ref="F197" r:id="rId197"/>
+    <hyperlink ref="F198" r:id="rId198"/>
+    <hyperlink ref="F199" r:id="rId199"/>
+    <hyperlink ref="F200" r:id="rId200"/>
+    <hyperlink ref="F201" r:id="rId201"/>
+    <hyperlink ref="F202" r:id="rId202"/>
+    <hyperlink ref="F203" r:id="rId203"/>
+    <hyperlink ref="F204" r:id="rId204"/>
+    <hyperlink ref="F205" r:id="rId205"/>
+    <hyperlink ref="F206" r:id="rId206"/>
+    <hyperlink ref="F207" r:id="rId207"/>
+    <hyperlink ref="F208" r:id="rId208"/>
+    <hyperlink ref="F209" r:id="rId209"/>
+    <hyperlink ref="F210" r:id="rId210"/>
+    <hyperlink ref="F211" r:id="rId211"/>
+    <hyperlink ref="F212" r:id="rId212"/>
+    <hyperlink ref="F213" r:id="rId213"/>
+    <hyperlink ref="F214" r:id="rId214"/>
+    <hyperlink ref="F215" r:id="rId215"/>
+    <hyperlink ref="F216" r:id="rId216"/>
+    <hyperlink ref="F217" r:id="rId217"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>