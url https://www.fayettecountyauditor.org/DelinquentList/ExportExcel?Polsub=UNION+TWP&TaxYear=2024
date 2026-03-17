--- v0 (2025-12-15)
+++ v1 (2026-03-17)
@@ -5,266 +5,581 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="177">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>00141</t>
+  </si>
+  <si>
+    <t>21ST MORTGAGE CORP</t>
+  </si>
+  <si>
+    <t>MIAMI TRACE LSD</t>
+  </si>
+  <si>
+    <t>94 JAMISON RD LOT 141</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
+    <t>00269</t>
+  </si>
+  <si>
+    <t>GINEZ EUGENIO MARTINEZ</t>
+  </si>
+  <si>
+    <t>94 JAMISON RD LOT 2</t>
+  </si>
+  <si>
     <t>00303</t>
   </si>
   <si>
     <t>MAINSTAY LIVING</t>
   </si>
   <si>
-    <t>MIAMI TRACE LSD</t>
-[...1 lines deleted...]
-  <si>
     <t>94 JAMISON RD LOT 120</t>
   </si>
   <si>
-    <t>View</t>
-[...1 lines deleted...]
-  <si>
     <t>00368</t>
   </si>
   <si>
     <t>MAINSTAY LIVING INC</t>
   </si>
   <si>
     <t>94 JAMISON RD LOT 100</t>
   </si>
   <si>
     <t>00456</t>
   </si>
   <si>
     <t>COCHRAN VICTORIA</t>
   </si>
   <si>
     <t>94 JAMISON RD LOT 97</t>
   </si>
   <si>
     <t>00462</t>
   </si>
   <si>
     <t>LOUKINAS CONNIE</t>
   </si>
   <si>
     <t>5849 CREEK RD</t>
   </si>
   <si>
     <t>00463</t>
   </si>
   <si>
     <t>5853 CREEK RD</t>
   </si>
   <si>
     <t>00471</t>
   </si>
   <si>
     <t>CAMPBELL BRITTANY</t>
   </si>
   <si>
     <t>94 JAMISON RD LOT 131</t>
   </si>
   <si>
+    <t>00596</t>
+  </si>
+  <si>
+    <t>COLLINS AMANDA</t>
+  </si>
+  <si>
+    <t>94 JAMISON RD LOT 10</t>
+  </si>
+  <si>
+    <t>00603</t>
+  </si>
+  <si>
+    <t>MERRIMAN TAMERA</t>
+  </si>
+  <si>
+    <t>7213 PRAIRIE RD NE</t>
+  </si>
+  <si>
     <t>00716</t>
   </si>
   <si>
     <t>DEAN EDWINA R &amp; KAYLA S TROUTE</t>
   </si>
   <si>
     <t>94 JAMISON RD LOT 116</t>
   </si>
   <si>
     <t>00754</t>
   </si>
   <si>
     <t>THOROUGHMAN REBECCA</t>
   </si>
   <si>
     <t>94 JAMISON RD LOT 157</t>
   </si>
   <si>
+    <t>00766</t>
+  </si>
+  <si>
+    <t>WEIMER TAMMY J</t>
+  </si>
+  <si>
+    <t>94 JAMISON RD LOT 210</t>
+  </si>
+  <si>
+    <t>01088</t>
+  </si>
+  <si>
+    <t>94 JAMISON RD LOT 137</t>
+  </si>
+  <si>
+    <t>01211</t>
+  </si>
+  <si>
+    <t>CLEMENS REBECCA SURV &amp; JOSHUA HOLLOWAY SURV</t>
+  </si>
+  <si>
+    <t>94 JAMISON RD LOT 213</t>
+  </si>
+  <si>
+    <t>01226</t>
+  </si>
+  <si>
+    <t>RUNYON DIANE M</t>
+  </si>
+  <si>
+    <t>94 JAMISON RD LOT 211</t>
+  </si>
+  <si>
     <t>01253</t>
   </si>
   <si>
     <t>MANBEVERS SUSAN &amp; DELETTA HOUSTON</t>
   </si>
   <si>
     <t>94 JAMISON RD LOT 149</t>
   </si>
   <si>
     <t>01258</t>
   </si>
   <si>
     <t>GILLETTE CHRISTOPHER</t>
   </si>
   <si>
     <t>328 JAMISON RD NW</t>
   </si>
   <si>
+    <t>01700</t>
+  </si>
+  <si>
+    <t>94 JAMISON RD LOT 9</t>
+  </si>
+  <si>
     <t>01899</t>
   </si>
   <si>
     <t>GILPEN RICHARD</t>
   </si>
   <si>
     <t>94 JAMISON RD LOT 118</t>
   </si>
   <si>
+    <t>190-001-0-00-016-03</t>
+  </si>
+  <si>
+    <t>MCCRACKEN JAMES J TRUSTEE &amp; SUSAN ELAINE TRUSTEE</t>
+  </si>
+  <si>
+    <t>3969 ST RT 41 NW</t>
+  </si>
+  <si>
     <t>190-004-0-01-018-00</t>
   </si>
   <si>
     <t>STATE OF OHIO</t>
   </si>
   <si>
     <t>3291 FORD RD NW LOT 18</t>
   </si>
   <si>
     <t>190-004-0-01-019-00</t>
   </si>
   <si>
     <t>3305 FORD RD NW LOT 19</t>
   </si>
   <si>
+    <t>190-005-0-00-041-00</t>
+  </si>
+  <si>
+    <t>BROWN BARRY D TRUSTEE &amp; CAMPBELL BROWN SUSIE TRUSTEE</t>
+  </si>
+  <si>
+    <t>YEOMAN RD NW</t>
+  </si>
+  <si>
+    <t>190-005-0-03-025-00</t>
+  </si>
+  <si>
+    <t>AULT DALE ROBERT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">741 LESLIE TRACE  LOT 91</t>
+  </si>
+  <si>
+    <t>190-005-0-03-051-00</t>
+  </si>
+  <si>
+    <t>RAYPOLE JOHNATHAN G &amp; TERESA A SURVIVORSHIP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1055 LESLIE TRACE  LOT 47</t>
+  </si>
+  <si>
     <t>190-006-0-00-010-08</t>
   </si>
   <si>
     <t>GOLDSBERRY MICHAEL A &amp; BARBARA S</t>
   </si>
   <si>
     <t>MATHEWS RD NW</t>
   </si>
   <si>
+    <t>190-008-0-00-007-00</t>
+  </si>
+  <si>
+    <t>CROCKER KIMBERLY JO</t>
+  </si>
+  <si>
+    <t>3841 WASHINGTON WATERLOO RD NE</t>
+  </si>
+  <si>
+    <t>190-008-0-00-045-00</t>
+  </si>
+  <si>
+    <t>KELLER BENJAMIN R</t>
+  </si>
+  <si>
+    <t>US HWY 62 NE</t>
+  </si>
+  <si>
+    <t>190-008-0-00-046-00</t>
+  </si>
+  <si>
+    <t>3553 US HWY 62 NE</t>
+  </si>
+  <si>
+    <t>190-011-0-00-012-00</t>
+  </si>
+  <si>
+    <t>JEFFRIES CHRIS D</t>
+  </si>
+  <si>
+    <t>OLD US HWY 35 NW</t>
+  </si>
+  <si>
+    <t>190-011-0-00-013-00</t>
+  </si>
+  <si>
+    <t>1928 OLD US HWY 35 NW</t>
+  </si>
+  <si>
+    <t>190-011-0-00-017-00</t>
+  </si>
+  <si>
+    <t>190-011-0-04-027-00</t>
+  </si>
+  <si>
+    <t>COMBS PHYLLIS J &amp; MALEEA E</t>
+  </si>
+  <si>
+    <t>1325 PEARL ST LOT 162</t>
+  </si>
+  <si>
+    <t>190-011-0-04-028-00</t>
+  </si>
+  <si>
+    <t>1327 PEARL ST LOT 163</t>
+  </si>
+  <si>
+    <t>190-011-0-04-040-00</t>
+  </si>
+  <si>
+    <t>DISNEY JEFFREY</t>
+  </si>
+  <si>
+    <t>1333 GRACE ST LOT 37</t>
+  </si>
+  <si>
     <t>190-011-0-04-075-00</t>
   </si>
   <si>
     <t>PENWELL MILTON</t>
   </si>
   <si>
     <t>PEARL ST LOT 146</t>
   </si>
   <si>
     <t>190-011-0-04-076-00</t>
   </si>
   <si>
     <t>PEARL ST LOT 145</t>
   </si>
   <si>
     <t>190-011-0-04-077-00</t>
   </si>
   <si>
     <t>PEARL ST LOT 144</t>
   </si>
   <si>
+    <t>190-011-0-04-087-00</t>
+  </si>
+  <si>
+    <t>BURNETT TRACY &amp; TINA</t>
+  </si>
+  <si>
+    <t>417 CLYBURN AVE LOT 103</t>
+  </si>
+  <si>
     <t>190-011-0-04-105-00</t>
   </si>
   <si>
     <t>PENWELL JULIA ANN</t>
   </si>
   <si>
     <t>PEARL ST LOT 135</t>
   </si>
   <si>
     <t>190-011-0-04-107-00</t>
   </si>
   <si>
     <t>SCHRECKENGAUST RICHARD</t>
   </si>
   <si>
     <t>308 MACE ST LOT 127</t>
   </si>
   <si>
     <t>190-011-0-04-119-00</t>
   </si>
   <si>
     <t>PB PROPERTY MANAGEMENT LLC</t>
   </si>
   <si>
     <t>1510 N NORTH ST LOT 21</t>
   </si>
   <si>
     <t>190-011-0-04-121-00</t>
   </si>
   <si>
     <t>N NORTH ST LOT 19</t>
   </si>
   <si>
     <t>190-011-0-05-024-00</t>
   </si>
   <si>
     <t>MILTON LEONARD H</t>
   </si>
   <si>
     <t>BELLE AVE LOT 55 WH</t>
   </si>
   <si>
+    <t>190-015-0-00-023-00</t>
+  </si>
+  <si>
+    <t>MILLER KEVIN</t>
+  </si>
+  <si>
+    <t>MT OLIVE RD NW</t>
+  </si>
+  <si>
+    <t>190-016-0-00-001-00</t>
+  </si>
+  <si>
+    <t>KIDWELL GISELE C</t>
+  </si>
+  <si>
+    <t>2824 US HWY 22 NW</t>
+  </si>
+  <si>
+    <t>190-016-0-01-012-00</t>
+  </si>
+  <si>
+    <t>346 JAMISON RD NW</t>
+  </si>
+  <si>
+    <t>190-016-0-01-013-00</t>
+  </si>
+  <si>
+    <t>190-017-0-00-010-01</t>
+  </si>
+  <si>
+    <t>HOPPES COREY W &amp; MEGHAN M</t>
+  </si>
+  <si>
+    <t>476 BUSH RD SW</t>
+  </si>
+  <si>
+    <t>190-019-0-00-030-00</t>
+  </si>
+  <si>
+    <t>1429 SOUTH FAYETTE STREET LLC</t>
+  </si>
+  <si>
+    <t>1331 OLD US HWY 35 SE</t>
+  </si>
+  <si>
+    <t>190-019-0-02-015-00</t>
+  </si>
+  <si>
+    <t>JONES KIMBERLY M</t>
+  </si>
+  <si>
+    <t>133 ROWE GING RD SE LOT 20</t>
+  </si>
+  <si>
+    <t>190-021-0-01-004-00</t>
+  </si>
+  <si>
+    <t>BEECHLER RICHARD E</t>
+  </si>
+  <si>
+    <t>1589 US HWY 22 NE</t>
+  </si>
+  <si>
+    <t>190-021-0-01-005-00</t>
+  </si>
+  <si>
+    <t>1659 US HWY 22 NE</t>
+  </si>
+  <si>
+    <t>190-021-0-01-006-00</t>
+  </si>
+  <si>
+    <t>190-021-0-01-007-00</t>
+  </si>
+  <si>
+    <t>1619 US HWY 22 NE</t>
+  </si>
+  <si>
+    <t>190-021-0-01-009-00</t>
+  </si>
+  <si>
+    <t>US HWY 22 NE</t>
+  </si>
+  <si>
+    <t>190-022-0-01-017-00</t>
+  </si>
+  <si>
+    <t>STEBELTON JERAMIE A &amp; WULEAH</t>
+  </si>
+  <si>
+    <t>3800 US HWY 22 SE LOT 5</t>
+  </si>
+  <si>
+    <t>190-023-0-00-002-00</t>
+  </si>
+  <si>
+    <t>BLANTON CHARLES &amp; ANN</t>
+  </si>
+  <si>
+    <t>US HWY 22 SE</t>
+  </si>
+  <si>
     <t>190-027-0-00-001-05</t>
   </si>
   <si>
     <t>WCHLAND LLC</t>
   </si>
   <si>
     <t>OLD US HWY 35 SE</t>
+  </si>
+  <si>
+    <t>190-028-0-00-012-01</t>
+  </si>
+  <si>
+    <t>BARTON BRIAN M TRUSTEE &amp; BARTON CHRIS L TRUSTEE</t>
+  </si>
+  <si>
+    <t>MARK RD SW</t>
+  </si>
+  <si>
+    <t>190-029-0-00-004-00</t>
+  </si>
+  <si>
+    <t>SUGAR GROVE LAKE LLC</t>
+  </si>
+  <si>
+    <t>FLAKES FORD RD SE</t>
+  </si>
+  <si>
+    <t>190-029-0-00-013-02</t>
+  </si>
+  <si>
+    <t>BENNETT NANCY M</t>
+  </si>
+  <si>
+    <t>3021 ARMBRUST RD SW</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -274,570 +589,1410 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F24" headerRowCount="1">
-  <autoFilter ref="A1:F24"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F64" headerRowCount="1">
+  <autoFilter ref="A1:F64"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18978&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9046&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10223&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19204&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18978&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18850&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=18434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=8953&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9046&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9376&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9560&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9913&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9915&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=9918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10010&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10060&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=18611&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=10277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=19277&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F24"/>
+  <dimension ref="A1:F64"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.02839469909668" customWidth="1"/>
-    <col min="2" max="2" width="38.721839904785156" customWidth="1"/>
+    <col min="2" max="2" width="57.9922981262207" customWidth="1"/>
     <col min="3" max="3" width="17.319316864013672" customWidth="1"/>
-    <col min="4" max="4" width="24.536020278930664" customWidth="1"/>
+    <col min="4" max="4" width="35.57592010498047" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>233.3</v>
+        <v>504.63</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>3360.69</v>
+        <v>16.85</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>146.85</v>
+        <v>250.44</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>581.46</v>
+        <v>3403.1</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>581.47</v>
+        <v>189.26</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>585.58</v>
+        <v>623.87</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2">
-        <v>657.14</v>
+        <v>623.88</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="2">
-        <v>731.85</v>
+        <v>684.15</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="2">
-        <v>939.82</v>
+        <v>19.91</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="2">
-        <v>7956.77</v>
+        <v>110.04</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="2">
-        <v>736.7</v>
+        <v>745.51</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="2">
-        <v>393.67</v>
+        <v>774.26</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E14" s="2">
-        <v>408.29</v>
+        <v>139.61</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="2">
-        <v>351.25</v>
+        <v>31.84</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="2">
-        <v>7254.25</v>
+        <v>59.81</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E17" s="2">
-        <v>2713.31</v>
+        <v>18</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E18" s="2">
-        <v>2713.31</v>
+        <v>1116.57</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E19" s="2">
-        <v>7637.91</v>
+        <v>9187.83</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>59</v>
+        <v>7</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E20" s="2">
-        <v>1501.63</v>
+        <v>1116.17</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E21" s="2">
-        <v>1303.31</v>
+        <v>869.24</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E22" s="2">
-        <v>131.14</v>
+        <v>141.71</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E23" s="2">
-        <v>1343.94</v>
+        <v>521.18</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E24" s="2">
-        <v>286.89</v>
+        <v>540.53</v>
       </c>
       <c r="F24" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="E25" s="2">
+        <v>1.19</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="E26" s="2">
+        <v>211.66</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="E27" s="2">
+        <v>0.31</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="E28" s="2">
+        <v>466.86</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="E29" s="2">
+        <v>939.1</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="E30" s="2">
+        <v>6.82</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="E31" s="2">
+        <v>152.21</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="E32" s="2">
+        <v>5.96</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="E33" s="2">
+        <v>166.91</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="E34" s="2">
+        <v>6.09</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="E35" s="2">
+        <v>101.85</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="E36" s="2">
+        <v>101.85</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="E37" s="2">
+        <v>63.92</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="E38" s="2">
+        <v>7510.89</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="E39" s="2">
+        <v>2809.66</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E40" s="2">
+        <v>2809.66</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="E41" s="2">
+        <v>239.53</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="E42" s="2">
+        <v>7908.37</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="E43" s="2">
+        <v>2681.44</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="E44" s="2">
+        <v>1303.31</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="E45" s="2">
+        <v>131.14</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="E46" s="2">
+        <v>1529.82</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="E47" s="2">
+        <v>2.22</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="E48" s="2">
+        <v>2715.87</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="E49" s="2">
+        <v>1027.88</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="E50" s="2">
+        <v>286.25</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="E51" s="2">
+        <v>1700.17</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="E52" s="2">
+        <v>481.99</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="E53" s="2">
+        <v>432.3</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="E54" s="2">
+        <v>1210.77</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="E55" s="2">
+        <v>189.77</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="E56" s="2">
+        <v>852</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="E57" s="2">
+        <v>462.88</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="E58" s="2">
+        <v>133.11</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="E59" s="2">
+        <v>13</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="E60" s="2">
+        <v>0.33</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="E61" s="2">
+        <v>792.85</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="E62" s="2">
+        <v>1.19</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="E63" s="2">
+        <v>94.32</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="E64" s="2">
+        <v>1518.32</v>
+      </c>
+      <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
+    <hyperlink ref="F25" r:id="rId25"/>
+    <hyperlink ref="F26" r:id="rId26"/>
+    <hyperlink ref="F27" r:id="rId27"/>
+    <hyperlink ref="F28" r:id="rId28"/>
+    <hyperlink ref="F29" r:id="rId29"/>
+    <hyperlink ref="F30" r:id="rId30"/>
+    <hyperlink ref="F31" r:id="rId31"/>
+    <hyperlink ref="F32" r:id="rId32"/>
+    <hyperlink ref="F33" r:id="rId33"/>
+    <hyperlink ref="F34" r:id="rId34"/>
+    <hyperlink ref="F35" r:id="rId35"/>
+    <hyperlink ref="F36" r:id="rId36"/>
+    <hyperlink ref="F37" r:id="rId37"/>
+    <hyperlink ref="F38" r:id="rId38"/>
+    <hyperlink ref="F39" r:id="rId39"/>
+    <hyperlink ref="F40" r:id="rId40"/>
+    <hyperlink ref="F41" r:id="rId41"/>
+    <hyperlink ref="F42" r:id="rId42"/>
+    <hyperlink ref="F43" r:id="rId43"/>
+    <hyperlink ref="F44" r:id="rId44"/>
+    <hyperlink ref="F45" r:id="rId45"/>
+    <hyperlink ref="F46" r:id="rId46"/>
+    <hyperlink ref="F47" r:id="rId47"/>
+    <hyperlink ref="F48" r:id="rId48"/>
+    <hyperlink ref="F49" r:id="rId49"/>
+    <hyperlink ref="F50" r:id="rId50"/>
+    <hyperlink ref="F51" r:id="rId51"/>
+    <hyperlink ref="F52" r:id="rId52"/>
+    <hyperlink ref="F53" r:id="rId53"/>
+    <hyperlink ref="F54" r:id="rId54"/>
+    <hyperlink ref="F55" r:id="rId55"/>
+    <hyperlink ref="F56" r:id="rId56"/>
+    <hyperlink ref="F57" r:id="rId57"/>
+    <hyperlink ref="F58" r:id="rId58"/>
+    <hyperlink ref="F59" r:id="rId59"/>
+    <hyperlink ref="F60" r:id="rId60"/>
+    <hyperlink ref="F61" r:id="rId61"/>
+    <hyperlink ref="F62" r:id="rId62"/>
+    <hyperlink ref="F63" r:id="rId63"/>
+    <hyperlink ref="F64" r:id="rId64"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>