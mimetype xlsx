--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>110-004-0-00-006-00</t>
   </si>
   <si>
     <t>WILSON CHERYL LYNN</t>
   </si>
   <si>
@@ -175,279 +175,183 @@
   <si>
     <t>JOHNSON ETHEL JOHNSON LORETTA</t>
   </si>
   <si>
     <t>12186 SR 62 NE</t>
   </si>
   <si>
     <t>100-001-0-00-013-13</t>
   </si>
   <si>
     <t>LAHMON RICHARD L &amp; DEBRA L</t>
   </si>
   <si>
     <t>11638 KELLOUGH RD NW</t>
   </si>
   <si>
     <t>100-001-0-00-013-17</t>
   </si>
   <si>
     <t>HOLBERT GALE G JR</t>
   </si>
   <si>
     <t>11702 KELLOUGH RD NW</t>
   </si>
   <si>
-    <t>100-003-0-00-005-00</t>
-[...7 lines deleted...]
-  <si>
     <t>100-003-0-00-011-00</t>
   </si>
   <si>
     <t>CULWELL ELZIE ETAL</t>
   </si>
   <si>
     <t>13044 US HWY 62 NE</t>
   </si>
   <si>
     <t>100-003-0-00-012-00</t>
   </si>
   <si>
     <t>WILSON OSCAR</t>
   </si>
   <si>
     <t>11419 COOK YANKEETOWN RD NW</t>
   </si>
   <si>
     <t>100-003-0-00-014-00</t>
   </si>
   <si>
     <t>WEBB ZANE &amp; DANIELLE</t>
   </si>
   <si>
     <t>11537 COOK YANKEETOWN RD NE</t>
   </si>
   <si>
     <t>100-006-0-00-004-00</t>
   </si>
   <si>
     <t>ADKINS DANIEL &amp; AMANDA</t>
   </si>
   <si>
     <t>10444 WHITE OAK RD NE</t>
   </si>
   <si>
-    <t>100-009-0-00-009-00</t>
-[...7 lines deleted...]
-  <si>
     <t>100-012-0-01-016-00</t>
   </si>
   <si>
     <t>JOHNSON SAMUEL</t>
   </si>
   <si>
     <t>US HWY 62 NE</t>
   </si>
   <si>
     <t>100-012-0-01-028-00</t>
   </si>
   <si>
     <t>JOHNSON KEITH D</t>
   </si>
   <si>
     <t>HARRISON RD NE</t>
   </si>
   <si>
     <t>100-012-0-01-028-01</t>
   </si>
   <si>
     <t>100-013-0-00-008-00</t>
   </si>
   <si>
     <t>PAYTON KATHY S</t>
   </si>
   <si>
     <t>9275 MADISON RD NE</t>
   </si>
   <si>
-    <t>100-017-0-00-021-00</t>
-[...34 lines deleted...]
-  <si>
     <t>100-019-0-01-003-00</t>
   </si>
   <si>
     <t>JAMES JERRY L &amp; RUTH E</t>
   </si>
   <si>
     <t>8692 US HWY 62 NE LOT 4</t>
   </si>
   <si>
     <t>100-019-0-01-008-00</t>
   </si>
   <si>
     <t>MATHENY CHRISTOPHER A</t>
   </si>
   <si>
     <t>8383 POST RD NE LOT 8</t>
   </si>
   <si>
     <t>100-022-0-00-003-02</t>
   </si>
   <si>
     <t>KISER SEAN &amp; ASHLIE</t>
   </si>
   <si>
     <t>WASHINGTON WATERLOO RD NE LOT 7</t>
   </si>
   <si>
-    <t>100-022-0-00-003-03</t>
-[...22 lines deleted...]
-  <si>
     <t>100-022-0-01-013-00</t>
   </si>
   <si>
     <t>COY RESTORATION LLC</t>
   </si>
   <si>
     <t>4689 ST RT 207 NE LOT 14</t>
   </si>
   <si>
     <t>100-022-0-01-014-00</t>
   </si>
   <si>
     <t>4705 MAIN ST LOT 12</t>
   </si>
   <si>
     <t>100-022-0-01-015-00</t>
   </si>
   <si>
     <t>KAVANAGH DIANA</t>
   </si>
   <si>
     <t>4731 ST RT 207 NE LOT 11</t>
   </si>
   <si>
     <t>100-022-0-01-020-00</t>
   </si>
   <si>
     <t>SWIM IRAL L</t>
   </si>
   <si>
     <t>4811 ST RT 207 NE LOT 1</t>
   </si>
   <si>
-    <t>100-022-0-01-039-00</t>
-[...7 lines deleted...]
-  <si>
     <t>100-022-0-01-051-00</t>
   </si>
   <si>
     <t>CASE PERRY L</t>
   </si>
   <si>
     <t>MAIN ST LOT 19</t>
-  </si>
-[...7 lines deleted...]
-    <t>4686 ST RT 207 NE</t>
   </si>
   <si>
     <t>100-022-0-01-068-00</t>
   </si>
   <si>
     <t>WUNDERLIN ROBERT A &amp; LUCINDA A</t>
   </si>
   <si>
     <t>4711 ST RT 207 NE LOT 10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -466,70 +370,70 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F46" headerRowCount="1">
-  <autoFilter ref="A1:F46"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F34" headerRowCount="1">
+  <autoFilter ref="A1:F34"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19064&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18749&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18811&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4109&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4213&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4222&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4274&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4430&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4700&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4702&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4847&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4848&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4881&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4886&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4933&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4942&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19064&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18749&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18811&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4109&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4222&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4274&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4881&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4886&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4942&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F46"/>
+  <dimension ref="A1:F34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.02839469909668" customWidth="1"/>
     <col min="2" max="2" width="43.33176803588867" customWidth="1"/>
     <col min="3" max="3" width="20.595172882080078" customWidth="1"/>
     <col min="4" max="4" width="36.17134475708008" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -853,645 +757,393 @@
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
         <v>13357.77</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>277.82</v>
+        <v>2453.24</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>2453.24</v>
+        <v>984.12</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="2">
-        <v>984.12</v>
+        <v>1593.33</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>1593.33</v>
+        <v>641.63</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>641.63</v>
+        <v>73.02</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>7530.15</v>
+        <v>3238.06</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="E24" s="2">
-        <v>73.02</v>
+        <v>179.72</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="B25" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E25" s="2">
-        <v>3238.06</v>
+        <v>5509.11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E26" s="2">
-        <v>179.72</v>
+        <v>337.48</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="2">
-        <v>5509.11</v>
+        <v>85.06</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E28" s="2">
-        <v>61.74</v>
+        <v>1215.77</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E29" s="2">
-        <v>21.59</v>
+        <v>1615.1</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E30" s="2">
-        <v>17.75</v>
+        <v>1774.86</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E31" s="2">
-        <v>105.63</v>
+        <v>205.71</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E32" s="2">
-        <v>8445.71</v>
+        <v>1106.88</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E33" s="2">
-        <v>737.48</v>
+        <v>861.67</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E34" s="2">
-        <v>85.06</v>
+        <v>2457.82</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>10</v>
-[...238 lines deleted...]
-      <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
-    <hyperlink ref="F35" r:id="rId35"/>
-[...10 lines deleted...]
-    <hyperlink ref="F46" r:id="rId46"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>