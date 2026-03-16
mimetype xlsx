--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="214" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="151">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00019</t>
   </si>
   <si>
     <t>KIDDER JON</t>
   </si>
   <si>
@@ -94,110 +94,50 @@
   <si>
     <t>ROWLAND ELMER L SR ROWLAND BEVERLY S</t>
   </si>
   <si>
     <t>9877 SR 41 NW LOT 1</t>
   </si>
   <si>
     <t>01179</t>
   </si>
   <si>
     <t>BARKER VIRGIL BARKER ANITA K</t>
   </si>
   <si>
     <t>9706 SR 41 NW</t>
   </si>
   <si>
     <t>01192</t>
   </si>
   <si>
     <t>LOVELY LARRY LOVELY KATHRYN A</t>
   </si>
   <si>
     <t>7739 GARRINGER EDGEFIELD</t>
   </si>
   <si>
-    <t>060-001-0-00-046-01</t>
-[...58 lines deleted...]
-  <si>
     <t>060-009-0-03-001-00</t>
   </si>
   <si>
     <t>WILSON JORDANNA MACY &amp; CHRIS</t>
   </si>
   <si>
     <t>ST RT 729 NW</t>
   </si>
   <si>
     <t>060-009-0-03-237-00</t>
   </si>
   <si>
     <t>GRIFFIN JAMES R &amp; HALL BETTY E</t>
   </si>
   <si>
     <t>ST RT 729 NW LOT 55 WH</t>
   </si>
   <si>
     <t>060-009-0-03-238-00</t>
   </si>
   <si>
     <t>ST RT 729 NW LOT 54 WH</t>
   </si>
   <si>
     <t>060-009-0-03-240-00</t>
@@ -208,146 +148,101 @@
   <si>
     <t>13124 WALNUT ST LOT 52</t>
   </si>
   <si>
     <t>060-009-0-03-241-00</t>
   </si>
   <si>
     <t>13124 WALNUT ST LOT 51</t>
   </si>
   <si>
     <t>060-009-0-03-242-00</t>
   </si>
   <si>
     <t>GRIFFIN ALLIE &amp; JAMES SURVIVORSHIP</t>
   </si>
   <si>
     <t>WALNUT ST LOT 50</t>
   </si>
   <si>
     <t>060-009-0-03-243-00</t>
   </si>
   <si>
     <t>WALNUT ST LOT 49</t>
   </si>
   <si>
-    <t>060-011-0-00-014-00</t>
-[...4 lines deleted...]
-  <si>
     <t>060-012-0-00-023-00</t>
   </si>
   <si>
     <t>YOAKUM FRANK P</t>
   </si>
   <si>
     <t>12361 ST RT 729 NW</t>
   </si>
   <si>
     <t>060-012-0-00-024-00</t>
   </si>
   <si>
-    <t>060-012-0-00-032-01</t>
-[...4 lines deleted...]
-  <si>
     <t>060-012-0-00-047-00</t>
   </si>
   <si>
     <t>BARKER EDWARD L &amp; BRANDON L</t>
   </si>
   <si>
     <t>9706 ST RT 41 NW</t>
   </si>
   <si>
     <t>060-014-0-00-001-01</t>
   </si>
   <si>
     <t>HAMMOND JOHN &amp; LINDA</t>
   </si>
   <si>
     <t>9181 JENKS RD NW</t>
   </si>
   <si>
-    <t>060-014-0-00-026-00</t>
-[...7 lines deleted...]
-  <si>
     <t>060-015-0-00-037-00</t>
   </si>
   <si>
     <t>JEFFERSON LAND COMPANY LLC</t>
   </si>
   <si>
     <t>OLD US HWY 35 NW</t>
   </si>
   <si>
-    <t>060-015-0-02-006-00</t>
-[...7 lines deleted...]
-  <si>
     <t>060-015-0-02-025-00</t>
   </si>
   <si>
     <t>ELLIOTT DAWN RENEA &amp; HAROLD W</t>
   </si>
   <si>
     <t>9140 MILL ST NW</t>
   </si>
   <si>
-    <t>060-015-0-02-027-00</t>
-[...7 lines deleted...]
-  <si>
     <t>060-016-0-00-004-01</t>
   </si>
   <si>
-    <t>060-016-0-00-019-02</t>
-[...4 lines deleted...]
-  <si>
     <t>060-016-0-01-007-00</t>
   </si>
   <si>
     <t>WINTERBOTHOM PAUL L JR &amp; RHONDA S SURV</t>
   </si>
   <si>
     <t>10144 ST RT 729 NW LOT 18</t>
   </si>
   <si>
     <t>060-016-0-02-004-00</t>
   </si>
   <si>
     <t>TYREE TRACY L &amp; RONDA R SURVIVORSHIP</t>
   </si>
   <si>
     <t>4444 HEDGE CT LOT 4</t>
   </si>
   <si>
     <t>060-017-0-02-004-00</t>
   </si>
   <si>
     <t>MAPLE HILL RENTAL PROPERTIES LLC</t>
   </si>
   <si>
     <t>2382 PARROTT STATION RD NW</t>
@@ -421,276 +316,192 @@
   <si>
     <t>080-009-0-03-108-00</t>
   </si>
   <si>
     <t>PKJ ENTERPRISES LLC</t>
   </si>
   <si>
     <t>MAIN ST LOT 7 WH</t>
   </si>
   <si>
     <t>080-009-0-03-115-00</t>
   </si>
   <si>
     <t>STIRES JASON</t>
   </si>
   <si>
     <t>27 MAIN ST LOT 45</t>
   </si>
   <si>
     <t>080-009-0-03-117-00</t>
   </si>
   <si>
     <t>31 MAIN ST</t>
   </si>
   <si>
-    <t>080-009-0-03-164-00</t>
-[...7 lines deleted...]
-  <si>
     <t>080-009-0-03-355-00</t>
   </si>
   <si>
     <t>TYREE RONDA L</t>
   </si>
   <si>
     <t>15 MAPLE ST LOT 6</t>
   </si>
   <si>
     <t>080-009-0-03-361-01</t>
   </si>
   <si>
     <t>MINSHALL JEFFREY L</t>
   </si>
   <si>
     <t>7 MAPLE ST LOT 2 PT</t>
   </si>
   <si>
     <t>080-009-0-03-362-00</t>
   </si>
   <si>
     <t>MAPLE ST LOT 2 PT</t>
   </si>
   <si>
     <t>080-009-0-03-386-00</t>
   </si>
   <si>
     <t>JONES CRYSTAL D</t>
   </si>
   <si>
     <t>19 FENT ST LOT 26</t>
   </si>
   <si>
-    <t>080-009-0-03-398-00</t>
-[...16 lines deleted...]
-  <si>
     <t>080-009-0-03-403-00</t>
   </si>
   <si>
     <t>17 VINE STREET LLC</t>
   </si>
   <si>
     <t>17 VINE ST LOT 38</t>
   </si>
   <si>
     <t>080-009-0-03-412-00</t>
   </si>
   <si>
     <t>STURGELL RONALD H SR &amp; KATTLEMAN KMIBERLY S SURV</t>
   </si>
   <si>
     <t>33 WALNUT ST LOT 28</t>
   </si>
   <si>
     <t>080-009-0-03-431-00</t>
   </si>
   <si>
     <t>WILLIAMS JUEL A</t>
   </si>
   <si>
     <t>2 VINE ST LOT 52</t>
   </si>
   <si>
-    <t>080-009-0-03-432-00</t>
-[...7 lines deleted...]
-  <si>
     <t>080-009-0-03-440-00</t>
   </si>
   <si>
     <t>UPTHEGROVE LILLIAN M</t>
   </si>
   <si>
     <t>VINE ST LOT 43</t>
   </si>
   <si>
     <t>080-009-0-03-449-00</t>
   </si>
   <si>
-    <t>ESTATE OF JOHN L GILL &amp; BRENDON GOBLE ETAL</t>
+    <t>KBM REI LLC</t>
   </si>
   <si>
     <t>10 FENT ST</t>
   </si>
   <si>
-    <t>080-009-0-03-450-00</t>
-[...7 lines deleted...]
-  <si>
     <t>080-009-0-03-453-00</t>
   </si>
   <si>
     <t>HOUSEMAN JASON</t>
   </si>
   <si>
     <t>16 FENT ST</t>
   </si>
   <si>
-    <t>080-009-0-03-456-00</t>
-[...4 lines deleted...]
-  <si>
     <t>080-009-0-03-484-00</t>
   </si>
   <si>
     <t>KINGSOLVER WM L &amp; TINA SURVIVORSHIP</t>
   </si>
   <si>
     <t>5 SMITH ST LOT 10</t>
   </si>
   <si>
     <t>080-009-0-03-486-00</t>
   </si>
   <si>
     <t>SMITH ST LOT 8</t>
   </si>
   <si>
     <t>080-009-0-03-493-00</t>
   </si>
   <si>
     <t>RILEY STELLA ELIZABETH</t>
   </si>
   <si>
     <t>13 RAILROAD ST</t>
   </si>
   <si>
     <t>080-009-0-03-510-00</t>
   </si>
   <si>
     <t>MORRIS TERRY L &amp; CONNIE J</t>
   </si>
   <si>
     <t>3 MAPLE ST LOT 9</t>
   </si>
   <si>
-    <t>080-009-0-03-520-00</t>
-[...13 lines deleted...]
-  <si>
     <t>080-009-0-03-616-00</t>
   </si>
   <si>
     <t>CANTRELL A MARGARET</t>
   </si>
   <si>
     <t>DARBYSHIRE DR NW</t>
   </si>
   <si>
     <t>080-009-0-03-616-01</t>
   </si>
   <si>
     <t>ST RT 734 NW</t>
   </si>
   <si>
     <t>080-009-0-03-647-00</t>
   </si>
   <si>
     <t>NAWMAN DEBORAH K</t>
   </si>
   <si>
     <t>122 W HIGH ST LOT 26</t>
-  </si>
-[...16 lines deleted...]
-    <t>11431 ALLEN RD NW</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -700,79 +511,79 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F80" headerRowCount="1">
-  <autoFilter ref="A1:F80"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F54" headerRowCount="1">
+  <autoFilter ref="A1:F54"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18748&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=1985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2146&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2157&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2158&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2162&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2383&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2392&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2493&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2494&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2496&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2674&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2675&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2754&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=19239&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3051&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3145&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3493&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3502&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3538&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=18322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3744&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3785&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3821&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3829&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3840&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3841&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3857&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3864&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4002&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4035&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4053&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18748&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2493&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2494&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2496&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2674&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2675&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2754&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=2980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3051&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3145&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3493&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3502&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3538&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=18322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3744&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3829&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3857&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3864&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=3887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4002&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=4035&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F80"/>
+  <dimension ref="A1:F54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.02839469909668" customWidth="1"/>
     <col min="2" max="2" width="52.15775680541992" customWidth="1"/>
     <col min="3" max="3" width="17.319316864013672" customWidth="1"/>
-    <col min="4" max="4" width="35.33959197998047" customWidth="1"/>
+    <col min="4" max="4" width="29.50197982788086" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
@@ -907,1473 +718,953 @@
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
         <v>352.61</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>0.12</v>
+        <v>423.61</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>72.77</v>
+        <v>99.14</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E11" s="2">
-        <v>19.43</v>
+        <v>97.03</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E12" s="2">
-        <v>85.63</v>
+        <v>2106.85</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="B13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="E13" s="2">
-        <v>137.81</v>
+        <v>5880.21</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E14" s="2">
-        <v>223.34</v>
+        <v>86.39</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E15" s="2">
-        <v>6.93</v>
+        <v>167.4</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E16" s="2">
-        <v>7.87</v>
+        <v>2428.57</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="E17" s="2">
-        <v>53.18</v>
+        <v>575.9</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E18" s="2">
-        <v>423.61</v>
+        <v>7389.49</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E19" s="2">
-        <v>99.14</v>
+        <v>67.7</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E20" s="2">
-        <v>97.03</v>
+        <v>1788.12</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E21" s="2">
-        <v>2106.85</v>
+        <v>569.2</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E22" s="2">
-        <v>5880.21</v>
+        <v>7630.35</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E23" s="2">
-        <v>86.39</v>
+        <v>9661.22</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="E24" s="2">
-        <v>167.4</v>
+        <v>1185.44</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E25" s="2">
-        <v>1210.79</v>
+        <v>717.56</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="E26" s="2">
-        <v>2428.57</v>
+        <v>1899.13</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="E27" s="2">
-        <v>575.9</v>
+        <v>877.97</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>74</v>
+        <v>48</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="E28" s="2">
-        <v>176.98</v>
+        <v>15.52</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="E29" s="2">
-        <v>7389.49</v>
+        <v>71.51</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>79</v>
+        <v>48</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="E30" s="2">
-        <v>267.7</v>
+        <v>55.51</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E31" s="2">
-        <v>126.59</v>
+        <v>26.98</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="E32" s="2">
-        <v>1788.12</v>
+        <v>1.14</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="E33" s="2">
-        <v>836.38</v>
+        <v>8171.56</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="E34" s="2">
-        <v>569.2</v>
+        <v>499.54</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E35" s="2">
-        <v>568.56</v>
+        <v>239.83</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="E36" s="2">
-        <v>7630.35</v>
+        <v>382.95</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>74</v>
+        <v>94</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E37" s="2">
-        <v>755.34</v>
+        <v>16967.34</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E38" s="2">
-        <v>9661.22</v>
+        <v>2003.04</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E39" s="2">
-        <v>1185.44</v>
+        <v>30593.16</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E40" s="2">
-        <v>717.56</v>
+        <v>826.18</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E41" s="2">
-        <v>1899.13</v>
+        <v>470.11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="E42" s="2">
-        <v>877.97</v>
+        <v>505.2</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>70</v>
+        <v>118</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="E43" s="2">
-        <v>15.52</v>
+        <v>26161.5</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>70</v>
+        <v>121</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="E44" s="2">
-        <v>71.51</v>
+        <v>541.4</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>70</v>
+        <v>124</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="E45" s="2">
-        <v>55.51</v>
+        <v>388</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>70</v>
+        <v>127</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="E46" s="2">
-        <v>26.98</v>
+        <v>184.1</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="E47" s="2">
-        <v>1.14</v>
+        <v>19.02</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="E48" s="2">
-        <v>8171.56</v>
+        <v>8822.54</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="E49" s="2">
-        <v>499.54</v>
+        <v>400.46</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="E50" s="2">
-        <v>239.83</v>
+        <v>4318.78</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="E51" s="2">
-        <v>382.95</v>
+        <v>262.63</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>129</v>
+        <v>144</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="E52" s="2">
-        <v>16967.34</v>
+        <v>25.5</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="E53" s="2">
-        <v>286.13</v>
+        <v>5.81</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="E54" s="2">
-        <v>2003.04</v>
+        <v>907.31</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>10</v>
-[...518 lines deleted...]
-      <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2388,58 +1679,32 @@
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
-    <hyperlink ref="F55" r:id="rId55"/>
-[...24 lines deleted...]
-    <hyperlink ref="F80" r:id="rId80"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>