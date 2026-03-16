--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="95">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00030</t>
   </si>
   <si>
     <t>KIDDER LINDA</t>
   </si>
   <si>
@@ -67,140 +67,110 @@
   <si>
     <t>DYER THOMAS W JR</t>
   </si>
   <si>
     <t>29 LINCOLN ST</t>
   </si>
   <si>
     <t>00116</t>
   </si>
   <si>
     <t>DIMAS FELICIANO</t>
   </si>
   <si>
     <t>71 BIDDLE BLVD LOT 53</t>
   </si>
   <si>
     <t>00480</t>
   </si>
   <si>
     <t>MORENO JUAN</t>
   </si>
   <si>
     <t>71 BIDDLE BLVD LOT 54</t>
   </si>
   <si>
-    <t>00561</t>
+    <t>00695</t>
   </si>
   <si>
     <t>BLOOMINGBURG MHP LLC</t>
   </si>
   <si>
-    <t>71 BIDDLE BLVD LOT 21</t>
-[...4 lines deleted...]
-  <si>
     <t>71 BIDDLE BLVD LOT 31</t>
   </si>
   <si>
     <t>00745</t>
   </si>
   <si>
     <t>PHILLIPS ASHLEY</t>
   </si>
   <si>
     <t>71 BIDDLE BLVD LOT 2</t>
   </si>
   <si>
-    <t>00772</t>
-[...4 lines deleted...]
-  <si>
     <t>00774</t>
   </si>
   <si>
     <t>71 BIDDLE BLVD LOT 26</t>
   </si>
   <si>
-    <t>00784</t>
-[...4 lines deleted...]
-  <si>
     <t>00786</t>
   </si>
   <si>
     <t>MILLER JENNIFER GRAY</t>
   </si>
   <si>
     <t>71 BIDDLE BLVD LOT 43</t>
   </si>
   <si>
-    <t>00787</t>
-[...4 lines deleted...]
-  <si>
     <t>01002</t>
   </si>
   <si>
     <t>JINKS SHERRY</t>
   </si>
   <si>
     <t>71 BIDDLE BLVD LOT 14</t>
   </si>
   <si>
     <t>01018</t>
   </si>
   <si>
     <t>MENDIOLA GERARDO HERNANDEZ</t>
   </si>
   <si>
     <t>71 BIDDLE BLVD LOT 52</t>
   </si>
   <si>
     <t>01052</t>
   </si>
   <si>
     <t>SHOWALTER KEVIN</t>
   </si>
   <si>
     <t>71 BIDDLE BLVD LOT 12</t>
   </si>
   <si>
-    <t>01108</t>
-[...4 lines deleted...]
-  <si>
     <t>01110</t>
   </si>
   <si>
     <t>LOPEZ DANNY</t>
   </si>
   <si>
     <t>71 BIDDLE BLVD LOT 15</t>
   </si>
   <si>
     <t>01117</t>
   </si>
   <si>
     <t>HERNANDEZ MARGARITA MECATE</t>
   </si>
   <si>
     <t>71 BIDDLE BLVD LOT 57</t>
   </si>
   <si>
     <t>01153</t>
   </si>
   <si>
     <t>MILLER GLEN</t>
   </si>
   <si>
     <t>71 BIDDLE BLVD LOT 51</t>
@@ -226,123 +196,75 @@
   <si>
     <t>DOVEL DEVELOPMENT CO</t>
   </si>
   <si>
     <t>W CONCORD LN</t>
   </si>
   <si>
     <t>160-025-0-03-090-00</t>
   </si>
   <si>
     <t>MANNING CAROL S</t>
   </si>
   <si>
     <t>63 MIDLAND AVE</t>
   </si>
   <si>
     <t>160-025-0-03-106-00</t>
   </si>
   <si>
     <t>DAUGHERTY ROBERT M</t>
   </si>
   <si>
     <t>WEST ST</t>
   </si>
   <si>
-    <t>160-025-0-03-130-00</t>
-[...28 lines deleted...]
-  <si>
     <t>160-025-0-03-144-02</t>
   </si>
   <si>
     <t>CHALENDER MICHAELLE S</t>
   </si>
   <si>
     <t>90 BIDDLE BLVD</t>
   </si>
   <si>
     <t>160-025-0-03-147-00</t>
   </si>
   <si>
     <t>SOUDER CRYSTAL &amp; STEPHENS PAUL E</t>
   </si>
   <si>
     <t>76 BIDDLE BLVD LOT 2</t>
   </si>
   <si>
-    <t>160-025-0-03-186-00</t>
-[...7 lines deleted...]
-  <si>
     <t>160-025-0-03-202-00</t>
   </si>
   <si>
     <t>COY LINDA J &amp; KENNETH SURV</t>
   </si>
   <si>
     <t>42 LINCOLN ST</t>
-  </si>
-[...7 lines deleted...]
-    <t>99 MAIN ST LOT 19</t>
   </si>
   <si>
     <t>160-025-0-03-231-00</t>
   </si>
   <si>
     <t>MILLER CASEY</t>
   </si>
   <si>
     <t>21 CROSS ST LOT 8</t>
   </si>
   <si>
     <t>160-025-0-03-246-00</t>
   </si>
   <si>
     <t>160-025-0-03-301-00</t>
   </si>
   <si>
     <t>GREEN JOHN</t>
   </si>
   <si>
     <t>20 MAIN ST</t>
   </si>
   <si>
     <t>160-025-0-03-322-00</t>
   </si>
@@ -421,77 +343,77 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F43" headerRowCount="1">
-  <autoFilter ref="A1:F43"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F32" headerRowCount="1">
+  <autoFilter ref="A1:F32"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18709&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19093&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18784&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18805&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18806&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18821&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6679&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6760&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6807&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6863&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6872&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6911&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6994&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6995&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6996&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=7014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=7022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=7023&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18709&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19093&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18805&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18806&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=18824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/ManufacturedHome?Property_ID=19152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6679&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6760&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6807&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6863&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6911&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6994&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6995&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=6996&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=7014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=7022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountyauditor.org/RealEstate/Index?Property_ID=7023&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F43"/>
+  <dimension ref="A1:F32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.02839469909668" customWidth="1"/>
-    <col min="2" max="2" width="38.77299118041992" customWidth="1"/>
+    <col min="2" max="2" width="34.961055755615234" customWidth="1"/>
     <col min="3" max="3" width="17.319316864013672" customWidth="1"/>
     <col min="4" max="4" width="23.30629539489746" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
@@ -568,822 +490,591 @@
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
         <v>1192.52</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>95.37</v>
+        <v>1445.16</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>1445.16</v>
+        <v>231.94</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2">
-        <v>231.94</v>
+        <v>46.16</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E9" s="2">
-        <v>42.41</v>
+        <v>5943.22</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E10" s="2">
-        <v>46.16</v>
+        <v>661.33</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E11" s="2">
-        <v>17.63</v>
+        <v>41</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E12" s="2">
-        <v>5943.22</v>
+        <v>156.52</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E13" s="2">
-        <v>15.97</v>
+        <v>17.63</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E14" s="2">
-        <v>661.33</v>
+        <v>237.26</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E15" s="2">
-        <v>41</v>
+        <v>397.86</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E16" s="2">
-        <v>156.52</v>
+        <v>172.24</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E17" s="2">
-        <v>14.2</v>
+        <v>11.49</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E18" s="2">
-        <v>17.63</v>
+        <v>154.61</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E19" s="2">
-        <v>237.26</v>
+        <v>709.29</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E20" s="2">
-        <v>397.86</v>
+        <v>1873.68</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E21" s="2">
-        <v>172.24</v>
+        <v>30.89</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="E22" s="2">
-        <v>11.49</v>
+        <v>1811.68</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="E23" s="2">
-        <v>154.61</v>
+        <v>293.83</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="E24" s="2">
-        <v>709.29</v>
+        <v>27229.81</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>71</v>
+        <v>7</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>72</v>
+        <v>9</v>
       </c>
       <c r="E25" s="2">
-        <v>1873.68</v>
+        <v>755.61</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="E26" s="2">
-        <v>108.66</v>
+        <v>393.51</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="E27" s="2">
-        <v>19.55</v>
+        <v>1456.42</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="E28" s="2">
-        <v>51.45</v>
+        <v>1098.12</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E29" s="2">
-        <v>643.06</v>
+        <v>29</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="E30" s="2">
-        <v>430.89</v>
+        <v>62.5</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E31" s="2">
-        <v>1811.68</v>
+        <v>1259.56</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E32" s="2">
-        <v>7493.98</v>
+        <v>7568.89</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>10</v>
-[...218 lines deleted...]
-      <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
-    <hyperlink ref="F33" r:id="rId33"/>
-[...9 lines deleted...]
-    <hyperlink ref="F43" r:id="rId43"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>